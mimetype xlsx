--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1490796880964f0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd91c9f4e80c4740" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a6ac94df624f9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad99d1f8fa7470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5d0588df7740a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a6ac94df624f9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6e043030b304f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad99d1f8fa7470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ TIPS UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZVH966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,033</x:t>
-[...6 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,062</x:t>
-[...4 lines deleted...]
-          <x:t>5,020</x:t>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,059</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,103</x:t>
-[...549 lines deleted...]
-          <x:t>5,058</x:t>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>