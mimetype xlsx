--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd91c9f4e80c4740" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recbe04f1e1fa457a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ad99d1f8fa7470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ca2a092a3240fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6e043030b304f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ad99d1f8fa7470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531c3db6227a41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ca2a092a3240fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ TIPS UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZVH966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,083</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>5,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,065</x:t>
-[...60 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,061</x:t>
-[...215 lines deleted...]
-          <x:t>5,061</x:t>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,031</x:t>
-[...269 lines deleted...]
-          <x:t>5,012</x:t>
+          <x:t>5,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>