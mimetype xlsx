--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recbe04f1e1fa457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ff36beab164f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ca2a092a3240fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85ef880485d346bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531c3db6227a41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ca2a092a3240fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4023c6167b6446ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85ef880485d346bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ TIPS UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZVH966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,008</x:t>
-[...16 lines deleted...]
-          <x:t>5,021</x:t>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,061</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,998</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,060</x:t>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,043</x:t>
-[...102 lines deleted...]
-          <x:t>5,032</x:t>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,074</x:t>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,014</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>03.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,060</x:t>
-[...360 lines deleted...]
-          <x:t>5,023</x:t>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>