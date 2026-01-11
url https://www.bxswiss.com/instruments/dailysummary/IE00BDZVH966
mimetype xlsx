--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ff36beab164f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1376d7eaba3843d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85ef880485d346bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f7f8e25167f4184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4023c6167b6446ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85ef880485d346bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9a1bcfd35a45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f7f8e25167f4184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ TIPS UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZVH966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,004</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,978</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,998</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,997</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,021</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>21.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,017</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>25.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,064</x:t>
-[...495 lines deleted...]
-          <x:t>5,018</x:t>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>