--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1376d7eaba3843d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb32142fd10534a38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f7f8e25167f4184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8158427b72143cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9a1bcfd35a45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f7f8e25167f4184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60b270c7ce540d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8158427b72143cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ TIPS UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZVH966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,014</x:t>
-[...225 lines deleted...]
-          <x:t>5,021</x:t>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>