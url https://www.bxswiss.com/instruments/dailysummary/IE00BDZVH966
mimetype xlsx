--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb32142fd10534a38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c5f5117d5f4bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8158427b72143cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c7df03a28914cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60b270c7ce540d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8158427b72143cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R671aba0b816b42a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c7df03a28914cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ TIPS UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZVH966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>4,995</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,991</x:t>
-[...43 lines deleted...]
-          <x:t>5,010</x:t>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,991</x:t>
-[...6 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,976</x:t>
-[...4 lines deleted...]
-          <x:t>4,959</x:t>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>4,947</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,958</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>30.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,953</x:t>
-[...58 lines deleted...]
-          <x:t>4,906</x:t>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,930</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>4,949</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,937</x:t>
-[...242 lines deleted...]
-          <x:t>4,957</x:t>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>