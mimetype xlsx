--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa238b4e16d8498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5cba5858494921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fd749eb2f6c4f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R609f68e4c9a94831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37240a3df0374c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fd749eb2f6c4f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3723bedc20aa4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R609f68e4c9a94831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 QVM UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZCKK11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,963</x:t>
-[...278 lines deleted...]
-        <x:is>
           <x:t>53,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>53,380</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>