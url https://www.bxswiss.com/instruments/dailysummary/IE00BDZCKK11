--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd5cba5858494921" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93dcb6378e67452c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R609f68e4c9a94831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb665a16804064adb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3723bedc20aa4fe5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R609f68e4c9a94831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc241126c7d354c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb665a16804064adb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 QVM UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZCKK11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>53,623</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,127</x:t>
-[...571 lines deleted...]
-          <x:t>53,511</x:t>
+          <x:t>52,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>