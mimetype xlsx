--- v2 (2026-02-25)
+++ v3 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93dcb6378e67452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8183839e7394ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb665a16804064adb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34d54a7dd58746d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc241126c7d354c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb665a16804064adb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re62f3a1a00384f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34d54a7dd58746d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 QVM UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDZCKK11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>