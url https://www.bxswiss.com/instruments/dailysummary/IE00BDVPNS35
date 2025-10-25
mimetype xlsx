--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34308e233c644024" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0dd3493fdc84715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c38cc8aed24516"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5cd884e19e042ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f773db10ac4948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c38cc8aed24516" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bee2f1f49f04bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5cd884e19e042ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity EX-Agriculture UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDVPNS35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>