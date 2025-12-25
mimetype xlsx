--- v1 (2025-10-25)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0dd3493fdc84715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab5817d81214d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5cd884e19e042ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2552802ffcd34917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bee2f1f49f04bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5cd884e19e042ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8e88b4245704000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2552802ffcd34917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity EX-Agriculture UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDVPNS35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>10,928</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,920</x:t>
+          <x:t>11,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...235 lines deleted...]
-          <x:t>11,054</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>