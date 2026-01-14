--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab5817d81214d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ac3afd91bd34e13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2552802ffcd34917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59c81bea56e4fb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8e88b4245704000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2552802ffcd34917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3edaa022835b400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59c81bea56e4fb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity EX-Agriculture UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDVPNS35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>11,378</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>