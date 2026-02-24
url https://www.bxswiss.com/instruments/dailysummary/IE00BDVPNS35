--- v3 (2026-01-14)
+++ v4 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ac3afd91bd34e13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178067742a3d48bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59c81bea56e4fb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb445ceddb034098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3edaa022835b400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59c81bea56e4fb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45d7cd1ad99f43b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb445ceddb034098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity EX-Agriculture UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDVPNS35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>11,917</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,867</x:t>
-[...129 lines deleted...]
-          <x:t>12,677</x:t>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,677</x:t>
-[...53 lines deleted...]
-          <x:t>13,019</x:t>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>