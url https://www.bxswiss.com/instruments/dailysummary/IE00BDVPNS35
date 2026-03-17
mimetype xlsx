--- v4 (2026-02-24)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178067742a3d48bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ab6e65a4094cb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb445ceddb034098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6cc74a52ebc4185"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45d7cd1ad99f43b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb445ceddb034098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2dcca6fffd144dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6cc74a52ebc4185" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity EX-Agriculture UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDVPNS35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>13,618</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,714</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>12,833</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>