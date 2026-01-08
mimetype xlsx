--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R070e4dec067b4a7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb79d5cfbc542e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e7ca744c3e43d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3abf9cadb00b42ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd848185c20cc4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e7ca744c3e43d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab105e93c8b34e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3abf9cadb00b42ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Artificial Intelligence UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDVPNG13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>66,807</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,326</x:t>
-[...269 lines deleted...]
-          <x:t>69,145</x:t>
+          <x:t>66,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>