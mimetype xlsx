--- v1 (2026-01-08)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb79d5cfbc542e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1685c81598d048f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3abf9cadb00b42ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c00a0e961c946e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab105e93c8b34e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3abf9cadb00b42ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd9570653a34c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c00a0e961c946e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Artificial Intelligence UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDVPNG13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>69,641</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>72,696</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,113</x:t>
-[...53 lines deleted...]
-          <x:t>72,878</x:t>
+          <x:t>68,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>