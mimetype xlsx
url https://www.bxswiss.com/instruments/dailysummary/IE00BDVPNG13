--- v2 (2026-02-25)
+++ v3 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1685c81598d048f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52cdf3da172f43a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c00a0e961c946e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bea684596d549a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd9570653a34c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c00a0e961c946e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5189204b997748db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bea684596d549a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Artificial Intelligence UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDVPNG13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>