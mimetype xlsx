--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a3ae370293441b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33353d66b2424b2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b94d9141cbd4a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e80e22ea704737"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc19fa0275d4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b94d9141cbd4a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3066eaef5441c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e80e22ea704737" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Refinitiv Global Convertible Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDT6FS23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>42,012</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,978</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>42,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,445</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>