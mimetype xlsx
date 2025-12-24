--- v1 (2025-10-24)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33353d66b2424b2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2053a1acec4fbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e80e22ea704737"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c96701cebb74ed3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3066eaef5441c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e80e22ea704737" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e93cc4309e4f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c96701cebb74ed3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Refinitiv Global Convertible Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDT6FS23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>42,721</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,209</x:t>
-[...247 lines deleted...]
-          <x:t>42,647</x:t>
+          <x:t>42,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>