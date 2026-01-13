--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2053a1acec4fbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3efa9397234df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c96701cebb74ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f8b2d807ae4e05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e93cc4309e4f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c96701cebb74ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013c4c49b78c4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f8b2d807ae4e05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Refinitiv Global Convertible Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDT6FS23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,720</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>43,296</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,316</x:t>
@@ -737,31 +359,247 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>