--- v3 (2026-01-13)
+++ v4 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3efa9397234df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3abd60fbb95a4a50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f8b2d807ae4e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R970d020b450c48b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R013c4c49b78c4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f8b2d807ae4e05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3787eb28c29441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R970d020b450c48b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Refinitiv Global Convertible Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDT6FS23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>