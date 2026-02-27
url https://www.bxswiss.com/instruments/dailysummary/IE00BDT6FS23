--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3abd60fbb95a4a50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86bf9246e1bf4156" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R970d020b450c48b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1d73b67bd904ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3787eb28c29441fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R970d020b450c48b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ea3faabb0d4032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1d73b67bd904ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Refinitiv Global Convertible Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDT6FS23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>