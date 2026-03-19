--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86bf9246e1bf4156" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d67fabb1df74807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1d73b67bd904ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e9da6d3a684d99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ea3faabb0d4032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1d73b67bd904ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3457449885df40c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e9da6d3a684d99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Refinitiv Global Convertible Bond CHF Hdg UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDT6FS23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>45,744</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,390</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>46,631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,588</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>