--- v0 (2025-10-15)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc79ed4a6dd0490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1156719c2f847ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R793aa0826c234a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6458736c7a124683"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d15d233130d4b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R793aa0826c234a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7286f7e636d43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6458736c7a124683" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5HM97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>10,375</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,388</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>10,393</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,435</x:t>
-        </x:is>
-[...386 lines deleted...]
-          <x:t>10,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>