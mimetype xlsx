--- v1 (2026-01-07)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1156719c2f847ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ebd1dc938743aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6458736c7a124683"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e05e316a2c2488f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7286f7e636d43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6458736c7a124683" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6f6243353241bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e05e316a2c2488f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5HM97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>10,480</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,457</x:t>
-[...38 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,404</x:t>
-[...80 lines deleted...]
-          <x:t>10,364</x:t>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,327</x:t>
-[...242 lines deleted...]
-          <x:t>10,435</x:t>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>