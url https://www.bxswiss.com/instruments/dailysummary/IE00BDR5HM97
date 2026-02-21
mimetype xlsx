--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ebd1dc938743aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde41c54aebea45da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e05e316a2c2488f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c55edfe107d4f29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6f6243353241bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e05e316a2c2488f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce56a7421dec4a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c55edfe107d4f29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5HM97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,411 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>10,473</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,450</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>10,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,421</x:t>
         </x:is>
       </x:c>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>