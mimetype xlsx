--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde41c54aebea45da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R023e37d4a1ca415d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c55edfe107d4f29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44e7488cf80a4e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce56a7421dec4a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c55edfe107d4f29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8cbe530ff0f4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44e7488cf80a4e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD High Yield Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5HM97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>10,081</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,135</x:t>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,067</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,098</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>10,071</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>