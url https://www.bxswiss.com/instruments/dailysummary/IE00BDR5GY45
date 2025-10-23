--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14877111eb624247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333d685b3d854aa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7188ed37c7a4150"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc670dc5edcb14516"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa129352ea345f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7188ed37c7a4150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ffa7f5229c439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc670dc5edcb14516" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - Global Gender Equality UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GY45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,403</x:t>
-[...16 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>22,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,341</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>22,232</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,232</x:t>
-[...382 lines deleted...]
-          <x:t>22,554</x:t>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>