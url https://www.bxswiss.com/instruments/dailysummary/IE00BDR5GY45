--- v1 (2025-10-23)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333d685b3d854aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd608babae08e4108" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc670dc5edcb14516"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20fe93755d64690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48ffa7f5229c439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc670dc5edcb14516" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8b22f5671f41a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20fe93755d64690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - Global Gender Equality UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GY45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>22,744</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>