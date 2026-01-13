--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd608babae08e4108" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344dcb761fab4b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20fe93755d64690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51bc45761b074c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c8b22f5671f41a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20fe93755d64690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1f4ff0e5684d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51bc45761b074c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - Global Gender Equality UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GY45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>23,391</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,347</x:t>
+          <x:t>23,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,414</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>23,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>