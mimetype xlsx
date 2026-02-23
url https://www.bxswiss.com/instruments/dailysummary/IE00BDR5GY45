--- v3 (2026-01-13)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344dcb761fab4b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4cb2e7d64cd4172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51bc45761b074c69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7278c7f47c94e34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1f4ff0e5684d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51bc45761b074c69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2279f5288374618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7278c7f47c94e34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - Global Gender Equality UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GY45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>23,346</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,551</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>19.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>24,067</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>