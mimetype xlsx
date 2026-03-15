--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4cb2e7d64cd4172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6793fd786a4e41d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7278c7f47c94e34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R927c08d2701e4072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2279f5288374618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7278c7f47c94e34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf53f0b3afd354002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R927c08d2701e4072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - Global Gender Equality UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GY45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>23,664</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,483</x:t>
-[...355 lines deleted...]
-          <x:t>23,720</x:t>
+          <x:t>23,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>