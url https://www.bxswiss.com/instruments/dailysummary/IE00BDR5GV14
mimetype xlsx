--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b18e771d6594525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b667c1452e74d8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a6ce9fb1004092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab6e3e12ebac4674"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fadcceef14044ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a6ce9fb1004092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b0eaaf6405499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab6e3e12ebac4674" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Irl ETF plc - Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GV14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>18,809</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,707</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>18,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,543</x:t>
-[...70 lines deleted...]
-          <x:t>18,777</x:t>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,767</x:t>
-[...11 lines deleted...]
-          <x:t>18,763</x:t>
+          <x:t>18,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,700</x:t>
-[...173 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>18,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,707</x:t>
-[...198 lines deleted...]
-          <x:t>18,817</x:t>
+          <x:t>18,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>