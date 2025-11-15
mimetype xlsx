--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b667c1452e74d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74808da3d8b845d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab6e3e12ebac4674"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b3d8c40a7314c0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1b0eaaf6405499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab6e3e12ebac4674" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82aa50136c840bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b3d8c40a7314c0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Irl ETF plc - Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GV14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,707</x:t>
-[...166 lines deleted...]
-          <x:t>18,434</x:t>
+          <x:t>18,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,886</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...381 lines deleted...]
-          <x:t>22.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,964</x:t>
-[...63 lines deleted...]
-          <x:t>19,027</x:t>
+          <x:t>18,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>