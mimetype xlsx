--- v2 (2025-11-15)
+++ v3 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74808da3d8b845d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1326582ab74433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b3d8c40a7314c0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e5f36c1adf4495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82aa50136c840bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b3d8c40a7314c0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e87f546d1cd4fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e5f36c1adf4495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Irl ETF plc - Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GV14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>18,821</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,787</x:t>
-[...556 lines deleted...]
-          <x:t>19,245</x:t>
+          <x:t>19,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,017</x:t>
-[...31 lines deleted...]
-          <x:t>18,898</x:t>
+          <x:t>19,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>