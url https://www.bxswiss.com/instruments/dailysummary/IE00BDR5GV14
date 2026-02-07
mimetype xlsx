--- v3 (2025-12-26)
+++ v4 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1326582ab74433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a3c85398044721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e5f36c1adf4495"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb59db04f30c74ddd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e87f546d1cd4fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e5f36c1adf4495" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c28e6ecbcb942ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb59db04f30c74ddd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Irl ETF plc - Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GV14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>19,431</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>19,479</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>19,566</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>