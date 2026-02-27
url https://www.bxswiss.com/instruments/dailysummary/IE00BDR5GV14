--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a3c85398044721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e2742b2c8504856" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb59db04f30c74ddd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77470296cfca4888"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c28e6ecbcb942ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb59db04f30c74ddd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19dbc3c1b86c4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77470296cfca4888" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Irl ETF plc - Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GV14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>19,675</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,002</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>20.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,944</x:t>
-[...360 lines deleted...]
-          <x:t>19,834</x:t>
+          <x:t>19,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>