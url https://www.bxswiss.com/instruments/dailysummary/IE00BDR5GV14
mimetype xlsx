--- v5 (2026-02-27)
+++ v6 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e2742b2c8504856" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc27d2b76db87443f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77470296cfca4888"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe2b260c95d84e4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19dbc3c1b86c4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77470296cfca4888" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274af92d47bd4275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe2b260c95d84e4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Irl ETF plc - Global Gender Equality UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR5GV14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>19,445</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,557</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>19,716</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,661</x:t>
-[...242 lines deleted...]
-          <x:t>20,206</x:t>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>