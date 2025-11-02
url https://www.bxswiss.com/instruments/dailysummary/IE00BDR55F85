--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa07f8ef142416d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c1bdde647db4b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R146d49c1bd4144da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0276e956010b41c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd87566f4a2db4828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R146d49c1bd4144da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4181b3ee27fb4d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0276e956010b41c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55F85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>