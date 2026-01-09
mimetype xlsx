--- v1 (2025-11-02)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c1bdde647db4b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb91455be6b4182" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0276e956010b41c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea57d6809964b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4181b3ee27fb4d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0276e956010b41c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a336c5d05484832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea57d6809964b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55F85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>16,544</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,544</x:t>
-[...227 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>16,937</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>