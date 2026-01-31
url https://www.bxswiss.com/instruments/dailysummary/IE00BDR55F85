--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb91455be6b4182" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0077103c9094be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea57d6809964b64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf64542bb321645d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a336c5d05484832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea57d6809964b64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7577b121dd7414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf64542bb321645d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55F85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>