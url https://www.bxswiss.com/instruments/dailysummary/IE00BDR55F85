--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0077103c9094be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65248b37cf54cef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf64542bb321645d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51682fde20004b03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7577b121dd7414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf64542bb321645d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3377f7f13c994568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51682fde20004b03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55F85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>17,368</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,233</x:t>
-[...458 lines deleted...]
-          <x:t>17,223</x:t>
+          <x:t>17,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>