--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf65248b37cf54cef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra25c99d2ebcf4156" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51682fde20004b03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a99307d6684913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3377f7f13c994568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51682fde20004b03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1d05861ce014534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a99307d6684913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55F85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>17,501</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,424</x:t>
-[...38 lines deleted...]
-          <x:t>17,287</x:t>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,329</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>17,519</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,178</x:t>
-[...431 lines deleted...]
-          <x:t>17,323</x:t>
+          <x:t>16,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>