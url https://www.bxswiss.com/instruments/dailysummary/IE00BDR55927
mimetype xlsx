--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c693ff0ea64ebf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130e5134734d462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27aa470534f540ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5857bba9594695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ae1ec93240442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27aa470534f540ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d8b080616be43f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5857bba9594695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,399</x:t>
-[...97 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,393</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>17,447</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,566</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>17,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>