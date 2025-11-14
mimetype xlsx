--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130e5134734d462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207f08db57744bd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5857bba9594695"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dfac91a1ac54588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d8b080616be43f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5857bba9594695" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0c807a5f39d43e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dfac91a1ac54588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>17,443</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,852</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>17,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>