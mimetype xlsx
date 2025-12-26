--- v2 (2025-11-14)
+++ v3 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207f08db57744bd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a669fd56d1d4e64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dfac91a1ac54588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6aab4a3247143c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0c807a5f39d43e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dfac91a1ac54588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2941211f22f4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6aab4a3247143c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>17,662</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,809</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>17,875</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,858</x:t>
-[...129 lines deleted...]
-          <x:t>17,968</x:t>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,117</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>17,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>