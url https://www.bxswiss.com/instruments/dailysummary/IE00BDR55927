--- v3 (2025-12-26)
+++ v4 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a669fd56d1d4e64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra67bcd80c7bb4857" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6aab4a3247143c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa955bf5b08e435e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2941211f22f4bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6aab4a3247143c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R574b82eff70f4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa955bf5b08e435e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>18,512</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,090</x:t>
-[...6 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>18,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,304</x:t>
-[...53 lines deleted...]
-          <x:t>18,282</x:t>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,229</x:t>
-[...269 lines deleted...]
-          <x:t>18,117</x:t>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>