--- v4 (2026-01-16)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra67bcd80c7bb4857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f9d7e624094f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa955bf5b08e435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b1b6fb746146a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R574b82eff70f4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa955bf5b08e435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f47cd0b4e5e4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b1b6fb746146a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>