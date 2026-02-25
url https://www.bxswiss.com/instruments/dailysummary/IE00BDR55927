--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f9d7e624094f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R653581b8046e415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37b1b6fb746146a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc940e880e24b3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f47cd0b4e5e4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37b1b6fb746146a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83f1f50902b4c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc940e880e24b3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>18,465</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,328</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>18,434</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,338</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>18,412</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,374</x:t>
-[...291 lines deleted...]
-          <x:t>17,937</x:t>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>