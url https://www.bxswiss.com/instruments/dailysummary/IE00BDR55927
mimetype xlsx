--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R653581b8046e415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73e22a11cb50422d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc940e880e24b3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7799e572d2a34b3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd83f1f50902b4c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc940e880e24b3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ceccab0f1a4b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7799e572d2a34b3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>18,394</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,453</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>18,044</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,429</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...423 lines deleted...]
-          <x:t>18,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>18,282</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>