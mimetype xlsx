--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdbd527784884f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb1ddd9f8d147ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4449745bfbbe4d55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c59cdca89d847bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4678a331a684fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4449745bfbbe4d55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R236852e9c5ef43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c59cdca89d847bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>