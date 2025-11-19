--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb1ddd9f8d147ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb443b9a2b7d4bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c59cdca89d847bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcefd7d85ef6b4b0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R236852e9c5ef43b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c59cdca89d847bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c5e40a70db3494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcefd7d85ef6b4b0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>18,481</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,345</x:t>
-[...431 lines deleted...]
-          <x:t>18,768</x:t>
+          <x:t>18,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>