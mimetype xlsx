--- v2 (2025-11-19)
+++ v3 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb443b9a2b7d4bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea28481e60e4a81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcefd7d85ef6b4b0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c14fe73da74a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c5e40a70db3494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcefd7d85ef6b4b0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6bb8044b9fa4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c14fe73da74a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>18,418</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,370</x:t>
-[...362 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,671</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>17,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>