--- v3 (2025-12-30)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea28481e60e4a81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bebd1e325ea4e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c14fe73da74a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622188ea40b44960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6bb8044b9fa4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c14fe73da74a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7acd2c4817aa4156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622188ea40b44960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>18,802</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...332 lines deleted...]
-          <x:t>23.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,722</x:t>
-[...36 lines deleted...]
-          <x:t>18,671</x:t>
+          <x:t>18,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>