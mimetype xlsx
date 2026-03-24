--- v4 (2026-02-11)
+++ v5 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bebd1e325ea4e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39b34a3f868b4ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622188ea40b44960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b3887ebf024e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7acd2c4817aa4156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622188ea40b44960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ed1ad14e93942c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b3887ebf024e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI Socially Responsible UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDR55703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>18,984</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,712</x:t>
-[...146 lines deleted...]
-          <x:t>18,608</x:t>
+          <x:t>18,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,440</x:t>
-[...48 lines deleted...]
-          <x:t>18,694</x:t>
+          <x:t>18,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,351</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>18,756</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>