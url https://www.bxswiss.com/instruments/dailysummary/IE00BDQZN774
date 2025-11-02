--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded48f721eb64d7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02fad059b1d44b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74dc7f35bf00467e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec9f73252ff4a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6c203cce4434f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74dc7f35bf00467e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R788ddde186934a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec9f73252ff4a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>