--- v1 (2025-11-02)
+++ v2 (2026-01-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02fad059b1d44b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8b62c0445746be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec9f73252ff4a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0068d4b2a6684fb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R788ddde186934a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec9f73252ff4a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94959940079f4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0068d4b2a6684fb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>19,671</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>