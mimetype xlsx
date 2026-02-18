--- v2 (2026-01-27)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8b62c0445746be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a7396901c64ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0068d4b2a6684fb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfe68c3b409f45ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94959940079f4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0068d4b2a6684fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf908d33954984cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfe68c3b409f45ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>19,773</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,163</x:t>
-[...360 lines deleted...]
-          <x:t>20,062</x:t>
+          <x:t>19,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>