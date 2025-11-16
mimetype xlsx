--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3deb3eae90d5497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d5875ea92974766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc49028a36c417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a140a2927af4e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b8ced6460bb4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc49028a36c417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb110efc909ab41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a140a2927af4e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI ACWI ESG Universal Low Carbon Select (CHF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>16,948</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,948</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>17,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>