--- v1 (2025-11-16)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d5875ea92974766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a87e614a4d74a95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a140a2927af4e3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa128ef79c64638"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb110efc909ab41e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a140a2927af4e3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8507af7088c4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa128ef79c64638" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI ACWI ESG Universal Low Carbon Select (CHF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>17,046</x:t>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,139</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>17,436</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,489</x:t>
-[...43 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,508</x:t>
-[...139 lines deleted...]
-          <x:t>17,364</x:t>
+          <x:t>17,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>17,146</x:t>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,022</x:t>
-[...4 lines deleted...]
-          <x:t>17,308</x:t>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>