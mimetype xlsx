--- v2 (2025-12-26)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a87e614a4d74a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c26b442f64b49fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa128ef79c64638"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e41136932f542b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8507af7088c4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa128ef79c64638" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f059b8656174f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e41136932f542b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI ACWI ESG Universal Low Carbon Select (CHF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,603</x:t>
-[...4 lines deleted...]
-          <x:t>17,487</x:t>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,719</x:t>
-[...198 lines deleted...]
-          <x:t>17,556</x:t>
+          <x:t>17,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>