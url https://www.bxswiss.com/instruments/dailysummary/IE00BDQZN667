--- v3 (2026-01-16)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c26b442f64b49fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d74b51fdda4e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e41136932f542b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b1e7a53bd3d44de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f059b8656174f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e41136932f542b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62dd48fe4ab04c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b1e7a53bd3d44de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI ACWI ESG Universal Low Carbon Select (CHF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>