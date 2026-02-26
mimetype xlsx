--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d74b51fdda4e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d68120cb5eb498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b1e7a53bd3d44de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c219ccc60a34202"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62dd48fe4ab04c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b1e7a53bd3d44de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27438c7d706e401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c219ccc60a34202" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI ACWI ESG Universal Low Carbon Select (CHF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>17,850</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,711</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>17,928</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,903</x:t>
-[...33 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>17,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,050</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>17,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,790</x:t>
-[...107 lines deleted...]
-          <x:t>17,610</x:t>
+          <x:t>17,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>