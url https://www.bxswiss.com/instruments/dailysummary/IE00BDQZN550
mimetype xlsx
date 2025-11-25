--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb6504e4e714685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb65df7fd732b4b23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re45f945e9f1a49d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151f359e46394615"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd516d84f195148a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re45f945e9f1a49d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b89b11ebc73455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151f359e46394615" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to GBP) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>26,558</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,371</x:t>
-[...215 lines deleted...]
-          <x:t>26,044</x:t>
+          <x:t>25,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>