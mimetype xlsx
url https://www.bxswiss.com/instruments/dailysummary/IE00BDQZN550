--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb65df7fd732b4b23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb76f32dc814e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151f359e46394615"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f7182ebd6d4c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b89b11ebc73455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151f359e46394615" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aa272bba5f44291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f7182ebd6d4c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to GBP) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,837</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>26,266</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>