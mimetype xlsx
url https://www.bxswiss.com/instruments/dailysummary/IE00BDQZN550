--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb76f32dc814e92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8506ec9f3bb5453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f7182ebd6d4c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf342139b0dbc4cef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aa272bba5f44291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f7182ebd6d4c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bbf7e9d290f4b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf342139b0dbc4cef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to GBP) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,446 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>27,231</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...371 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,686</x:t>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>