--- v3 (2026-01-31)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8506ec9f3bb5453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b1ead55095a4466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf342139b0dbc4cef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R550ddafb8d284075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bbf7e9d290f4b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf342139b0dbc4cef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd28c2b5567480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R550ddafb8d284075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to GBP) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...559 lines deleted...]
-          <x:t>27,506</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>