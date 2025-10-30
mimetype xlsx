--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2392a4e27e74cc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7848ac1406bf43b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a11f8b4f40e446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e78e0dd0f64b0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8451bb86688d423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a11f8b4f40e446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce5d046d7674389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e78e0dd0f64b0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>20,333</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,211</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>20,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>20,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,381</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>20,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>20,867</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>