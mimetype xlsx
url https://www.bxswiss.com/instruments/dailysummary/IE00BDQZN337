--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7848ac1406bf43b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e08602613c46c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e78e0dd0f64b0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra43352ddfee54af6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce5d046d7674389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e78e0dd0f64b0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb52028ef3e1948f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra43352ddfee54af6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>20,691</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,672</x:t>
-[...87 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,902</x:t>
-[...340 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>20,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,953</x:t>
-[...90 lines deleted...]
-          <x:t>21,236</x:t>
+          <x:t>20,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>