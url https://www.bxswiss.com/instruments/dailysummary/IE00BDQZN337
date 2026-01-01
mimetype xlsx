--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e08602613c46c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c5982b6e21742b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra43352ddfee54af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabeb416440f54f25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb52028ef3e1948f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra43352ddfee54af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91119c973e384a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabeb416440f54f25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,372</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>21,236</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>21,058</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,156</x:t>
-[...198 lines deleted...]
-          <x:t>20,664</x:t>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>