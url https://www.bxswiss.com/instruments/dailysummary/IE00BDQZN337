--- v3 (2026-01-01)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c5982b6e21742b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90639142ba594570" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabeb416440f54f25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a1644b9806492a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91119c973e384a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabeb416440f54f25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7437d381a1c7418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a1644b9806492a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,384</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>09.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>21,358</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,588</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>