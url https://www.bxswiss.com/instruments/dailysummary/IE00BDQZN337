--- v4 (2026-02-12)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90639142ba594570" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93851ff0ba734a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a1644b9806492a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d9b80e1fda74c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7437d381a1c7418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a1644b9806492a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4508debbdf145f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d9b80e1fda74c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>14.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,916</x:t>
-[...215 lines deleted...]
-          <x:t>21,532</x:t>
+          <x:t>21,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,314</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>21,588</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>