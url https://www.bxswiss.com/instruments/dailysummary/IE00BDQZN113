--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f247baf276b4abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acd0f4ad90f4537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb5fdb090ac0434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb16f38308314f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd26c0f4176ae4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb5fdb090ac0434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bd9d8cb98e745dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb16f38308314f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>21,919</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...181 lines deleted...]
-          <x:t>21,867</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>