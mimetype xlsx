--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acd0f4ad90f4537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80904e841ee8447e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb16f38308314f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86dbbc8fd80b41d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bd9d8cb98e745dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb16f38308314f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878559e9aaac473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86dbbc8fd80b41d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>22,472</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,287</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>22,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>22,660</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,437</x:t>
-[...328 lines deleted...]
-          <x:t>22,317</x:t>
+          <x:t>23,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>