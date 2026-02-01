--- v2 (2026-01-07)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80904e841ee8447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0f87adc3704ead" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86dbbc8fd80b41d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f39be00fa34045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878559e9aaac473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86dbbc8fd80b41d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e6ebd3aaa84b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f39be00fa34045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>22,926</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,893</x:t>
-[...183 lines deleted...]
-          <x:t>22,176</x:t>
+          <x:t>22,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,214</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>23,121</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>