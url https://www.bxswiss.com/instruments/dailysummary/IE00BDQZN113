--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0f87adc3704ead" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57154d7e7e5465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f39be00fa34045"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R695e3f987ccc4b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e6ebd3aaa84b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f39be00fa34045" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46217015e0054206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R695e3f987ccc4b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>23,172</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,121</x:t>
-[...232 lines deleted...]
-          <x:t>22,887</x:t>
+          <x:t>22,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,760</x:t>
-[...215 lines deleted...]
-          <x:t>22,454</x:t>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>