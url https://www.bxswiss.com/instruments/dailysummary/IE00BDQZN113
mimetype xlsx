--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb57154d7e7e5465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d66f74c85d14a9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R695e3f987ccc4b95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcca125b46fb84981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46217015e0054206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R695e3f987ccc4b95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a13a8abf8443dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcca125b46fb84981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>