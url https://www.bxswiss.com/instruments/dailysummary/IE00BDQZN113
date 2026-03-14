--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d66f74c85d14a9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96037c5263b04702" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcca125b46fb84981"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66e2c5beabc7423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a13a8abf8443dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcca125b46fb84981" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e58e7588a3d4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66e2c5beabc7423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI ACWI ESG Universal Low Carbon Select UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZN113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>22,421</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,496</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>22,682</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,567</x:t>
-[...222 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,678</x:t>
-[...225 lines deleted...]
-          <x:t>22,804</x:t>
+          <x:t>22,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>