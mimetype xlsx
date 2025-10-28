--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f0115f326b44e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d4dc6b6e4f54a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79da4a001bc4998"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf00dfc2402e47a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R008c733742ca41b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79da4a001bc4998" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R039cbfdc67cb4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf00dfc2402e47a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI ACWI ESG Universal Low Carbon Select (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZMX67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>16,373</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,372</x:t>
-[...232 lines deleted...]
-          <x:t>16,689</x:t>
+          <x:t>16,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,659</x:t>
-[...11 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>16,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,654</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>16,971</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>