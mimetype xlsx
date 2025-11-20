--- v1 (2025-10-28)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d4dc6b6e4f54a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra294bd19d351459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf00dfc2402e47a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc499dd63afb4653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R039cbfdc67cb4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf00dfc2402e47a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6806402553604efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc499dd63afb4653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI ACWI ESG Universal Low Carbon Select (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZMX67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>16,599</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,878</x:t>
-        </x:is>
-[...494 lines deleted...]
-          <x:t>17,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>