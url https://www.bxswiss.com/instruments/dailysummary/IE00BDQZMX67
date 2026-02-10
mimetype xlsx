--- v2 (2025-11-20)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra294bd19d351459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R605b5811a80c44f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc499dd63afb4653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c225c9e2c34c3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6806402553604efb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc499dd63afb4653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9767142c17c4b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c225c9e2c34c3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI ACWI ESG Universal Low Carbon Select (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZMX67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>17,318</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,236</x:t>
-[...48 lines deleted...]
-          <x:t>17,310</x:t>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,237</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>12.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,431</x:t>
-[...144 lines deleted...]
-          <x:t>16,878</x:t>
+          <x:t>17,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>