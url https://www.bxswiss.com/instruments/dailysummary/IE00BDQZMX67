--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R605b5811a80c44f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1766cb3971d74fab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c225c9e2c34c3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R597914f799374da2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9767142c17c4b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c225c9e2c34c3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc97d4853255f4067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R597914f799374da2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI ACWI ESG Universal Low Carbon Select (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQZMX67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>17,549</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,589</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>17,371</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,411</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>17,382</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>