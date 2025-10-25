--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66020c4e72304369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64286b680f6c49d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2404b1002b4fda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26ff1a0e0580452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03a6a81e337a4acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2404b1002b4fda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60a748edc9134271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26ff1a0e0580452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS 0-5 UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQYWQ65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,093</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,072</x:t>
-[...70 lines deleted...]
-          <x:t>4,087</x:t>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,049</x:t>
-        </x:is>
-[...543 lines deleted...]
-          <x:t>4,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>