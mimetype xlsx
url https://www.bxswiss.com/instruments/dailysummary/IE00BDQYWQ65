--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64286b680f6c49d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb571a30889b94466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26ff1a0e0580452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c6cc08dbec45b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60a748edc9134271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26ff1a0e0580452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c67b3a5e13047cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c6cc08dbec45b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS 0-5 UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQYWQ65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,027</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>4,038</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,031</x:t>
-[...11 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,051</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>4,051</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,034</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>4,032</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,046</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,049</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>4,047</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,044</x:t>
-[...16 lines deleted...]
-          <x:t>4,071</x:t>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,062</x:t>
-[...16 lines deleted...]
-          <x:t>4,081</x:t>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,096</x:t>
-[...200 lines deleted...]
-          <x:t>4,031</x:t>
+          <x:t>4,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>4,049</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>