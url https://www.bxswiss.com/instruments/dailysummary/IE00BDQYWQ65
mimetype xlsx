--- v2 (2025-11-15)
+++ v3 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb571a30889b94466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf2492ea59864666" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1c6cc08dbec45b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bfee9bcac974180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c67b3a5e13047cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1c6cc08dbec45b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7103f5f379524d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bfee9bcac974180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS 0-5 UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQYWQ65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...593 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,928</x:t>
-[...21 lines deleted...]
-          <x:t>3,900</x:t>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,885</x:t>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>