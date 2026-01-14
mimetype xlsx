--- v3 (2025-12-25)
+++ v4 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf2492ea59864666" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63e7ac45d8d4f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bfee9bcac974180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R743102bd5ab74930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7103f5f379524d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bfee9bcac974180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88ddcfe3f0e64499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R743102bd5ab74930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS 0-5 UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQYWQ65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>3,999</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,969</x:t>
-[...43 lines deleted...]
-          <x:t>3,974</x:t>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,963</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>3,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>