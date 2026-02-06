--- v4 (2026-01-14)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63e7ac45d8d4f22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab5da778cd4466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R743102bd5ab74930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2a98ac2fc746f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88ddcfe3f0e64499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R743102bd5ab74930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac8149bd3e58484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2a98ac2fc746f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS 0-5 UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQYWQ65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,929</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,920</x:t>
-[...21 lines deleted...]
-          <x:t>3,944</x:t>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,919</x:t>
-[...377 lines deleted...]
-          <x:t>3,963</x:t>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>