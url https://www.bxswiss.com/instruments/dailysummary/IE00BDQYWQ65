--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab5da778cd4466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d68ccccfa364332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2a98ac2fc746f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd96584568fc54211"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac8149bd3e58484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2a98ac2fc746f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699e5e4c3d2c450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd96584568fc54211" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS 0-5 UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQYWQ65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>