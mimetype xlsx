--- v6 (2026-02-26)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d68ccccfa364332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cc13ac32d014855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd96584568fc54211"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84aa3e2fa17248b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699e5e4c3d2c450a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd96584568fc54211" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re44031f82a4946ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84aa3e2fa17248b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS 0-5 UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDQYWQ65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>3,853</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,825</x:t>
-[...124 lines deleted...]
-          <x:t>3,839</x:t>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,834</x:t>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,867</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>3,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>