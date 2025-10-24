--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25bb51e10fde465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R379c220951ac4ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e044cd5c8f426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc37ac8dc31f8414e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4df816e3db14e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e044cd5c8f426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re58d9167c3b5469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc37ac8dc31f8414e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI EMU Screened UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDGN9Z19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>34,458</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,269</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>34,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,291</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>