--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R379c220951ac4ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05f6e1d3491447e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc37ac8dc31f8414e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bba6278935b4f8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re58d9167c3b5469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc37ac8dc31f8414e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d287fbff48b4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bba6278935b4f8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI EMU Screened UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDGN9Z19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>35,427</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,199</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>35,619</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>