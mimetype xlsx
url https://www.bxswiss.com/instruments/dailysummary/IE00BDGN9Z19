--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05f6e1d3491447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a21811a66eb405e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bba6278935b4f8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91b09532a5344f44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d287fbff48b4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bba6278935b4f8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeea689bc0bd451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91b09532a5344f44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI EMU Screened UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDGN9Z19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>35,790</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>35,144</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,131</x:t>
-[...193 lines deleted...]
-          <x:t>35,620</x:t>
+          <x:t>36,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>