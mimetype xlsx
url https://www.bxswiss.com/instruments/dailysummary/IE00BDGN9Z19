--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a21811a66eb405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ccf9dc70e240f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91b09532a5344f44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b0a0d9de8454524"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeea689bc0bd451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91b09532a5344f44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7afa2d844c494abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b0a0d9de8454524" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI EMU Screened UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDGN9Z19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>