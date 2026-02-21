--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ccf9dc70e240f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d7679345c64e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b0a0d9de8454524"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49fb5f8e1d164238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7afa2d844c494abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b0a0d9de8454524" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b15e47d0b1d4a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49fb5f8e1d164238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI EMU Screened UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDGN9Z19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>36,995</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,910</x:t>
-[...31 lines deleted...]
-          <x:t>37,451</x:t>
+          <x:t>37,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>