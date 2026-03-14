--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d7679345c64e3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bdefc88bed247dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49fb5f8e1d164238"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb376a41306684afb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b15e47d0b1d4a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49fb5f8e1d164238" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e40256c391d471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb376a41306684afb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI EMU Screened UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDGN9Z19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>38,062</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,058</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>38,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,681</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>