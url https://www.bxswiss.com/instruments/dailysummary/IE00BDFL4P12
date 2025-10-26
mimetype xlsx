--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75eb46c686d84b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03bd262543aa4849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e98599c51c468a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03e4ca50a975461f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5857206791284578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e98599c51c468a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e656355fc534e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03e4ca50a975461f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Diversified Commodity Swap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDFL4P12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>7,450</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,512</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>7,498</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,485</x:t>
-[...48 lines deleted...]
-          <x:t>7,587</x:t>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,538</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>7,583</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,549</x:t>
-[...31 lines deleted...]
-          <x:t>7,615</x:t>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>