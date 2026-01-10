--- v1 (2025-10-26)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03bd262543aa4849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4afe120bddf4662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03e4ca50a975461f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21778bbe59284310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e656355fc534e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03e4ca50a975461f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9818a00b8384fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21778bbe59284310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Diversified Commodity Swap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDFL4P12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>7,765</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>