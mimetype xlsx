--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4afe120bddf4662" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3865521134f947c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21778bbe59284310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec1308e04644306"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9818a00b8384fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21778bbe59284310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad874a0f9fa40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec1308e04644306" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Diversified Commodity Swap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDFL4P12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>8,202</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>