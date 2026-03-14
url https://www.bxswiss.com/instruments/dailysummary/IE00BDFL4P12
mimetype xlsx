--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3865521134f947c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1777c6d6d1474f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec1308e04644306"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd36ebd8f544a5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad874a0f9fa40fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec1308e04644306" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccab5256d2bc414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd36ebd8f544a5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Diversified Commodity Swap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDFL4P12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,598</x:t>
-[...43 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>26.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>8,737</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>