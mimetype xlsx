--- v0 (2025-10-15)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d06d0e0a54d48d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6a59d49fd9e4782" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0294312c70ec4f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1fdb9cacac44f98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ca8a0314fb84e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0294312c70ec4f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87047ed7e0fa4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1fdb9cacac44f98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>20,962</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,002</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>20,975</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>21,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,974</x:t>
-[...85 lines deleted...]
-          <x:t>20,754</x:t>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>