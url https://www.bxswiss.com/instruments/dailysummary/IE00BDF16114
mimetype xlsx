--- v1 (2026-01-09)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6a59d49fd9e4782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fcb46b8543341f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1fdb9cacac44f98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0664f3638554b71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87047ed7e0fa4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1fdb9cacac44f98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c83893028744766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0664f3638554b71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>