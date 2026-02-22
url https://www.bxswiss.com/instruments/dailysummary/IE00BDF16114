--- v2 (2026-02-01)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fcb46b8543341f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69110478c9574389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0664f3638554b71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc6918aa4d14600"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c83893028744766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0664f3638554b71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf70eef6e48174804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc6918aa4d14600" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>21,575</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>21,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,065</x:t>
-[...43 lines deleted...]
-          <x:t>12.01.2026</x:t>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,110</x:t>
-[...242 lines deleted...]
-          <x:t>22,222</x:t>
+          <x:t>22,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>21,887</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,827</x:t>
-[...58 lines deleted...]
-          <x:t>21,817</x:t>
+          <x:t>22,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>