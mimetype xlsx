--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ba451c69204873" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc0449d6dd64193" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d5a2e6166ff4178"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R496e6e8dc8b240d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81fbd9b7ed954d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d5a2e6166ff4178" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597757d5a8c047a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R496e6e8dc8b240d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>20,640</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,902</x:t>
-[...441 lines deleted...]
-          <x:t>21,068</x:t>
+          <x:t>20,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>