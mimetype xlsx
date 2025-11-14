--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc0449d6dd64193" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1c16d8a4a34f6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R496e6e8dc8b240d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1373ab3159954475"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597757d5a8c047a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R496e6e8dc8b240d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaca611bcfa74b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1373ab3159954475" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,882</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,158</x:t>
-[...80 lines deleted...]
-          <x:t>21,295</x:t>
+          <x:t>21,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,068</x:t>
-[...431 lines deleted...]
-          <x:t>21,070</x:t>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>