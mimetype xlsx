--- v2 (2025-11-14)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1c16d8a4a34f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba8eb5f6edeb4c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1373ab3159954475"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb8b4c2a1dc445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaca611bcfa74b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1373ab3159954475" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211cb214b4524954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb8b4c2a1dc445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>21,473</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>