--- v3 (2026-01-13)
+++ v4 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba8eb5f6edeb4c10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088d110f354f4c91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb8b4c2a1dc445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e4df7069514ff7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211cb214b4524954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb8b4c2a1dc445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90420fc9bedd429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e4df7069514ff7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,320 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>