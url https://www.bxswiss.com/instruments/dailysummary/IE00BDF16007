--- v4 (2026-02-04)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088d110f354f4c91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72867c6a0fb24642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4e4df7069514ff7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc298d78f0ce74378"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90420fc9bedd429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4e4df7069514ff7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f886c8beae4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc298d78f0ce74378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>22,701</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,863</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>22,782</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,664</x:t>
-[...80 lines deleted...]
-          <x:t>22,770</x:t>
+          <x:t>23,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>23,254</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>