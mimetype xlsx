--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72867c6a0fb24642" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8f303c3adce470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc298d78f0ce74378"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d8f004e9a4a49e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f886c8beae4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc298d78f0ce74378" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb03fb36f83da41a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d8f004e9a4a49e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDF16007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>22,782</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,664</x:t>
-[...80 lines deleted...]
-          <x:t>22,770</x:t>
+          <x:t>23,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>23,488</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,066</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>23,868</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>