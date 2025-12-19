--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda57791292904d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c95ee817d1a4711" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9928482d56214d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43f14afc2b9e48ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf264c5f9314a4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9928482d56214d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6dbba1877a74b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43f14afc2b9e48ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Tech Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRF700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>14,205</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,178</x:t>
-[...485 lines deleted...]
-          <x:t>15,346</x:t>
+          <x:t>14,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>