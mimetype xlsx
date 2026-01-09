--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c95ee817d1a4711" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470dc9df20344ecf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43f14afc2b9e48ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf664d57c7f14e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6dbba1877a74b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43f14afc2b9e48ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b712c36f522472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf664d57c7f14e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Tech Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRF700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,906</x:t>
-[...274 lines deleted...]
-          <x:t>14,113</x:t>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>13,566</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>