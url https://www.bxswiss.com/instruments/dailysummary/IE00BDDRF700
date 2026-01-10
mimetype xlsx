--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470dc9df20344ecf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22be47df91fd4729" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf664d57c7f14e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c92faa5f994d7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b712c36f522472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf664d57c7f14e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d07483f00ba49a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c92faa5f994d7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Tech Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRF700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>