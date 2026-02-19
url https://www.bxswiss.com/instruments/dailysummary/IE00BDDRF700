--- v3 (2026-01-10)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22be47df91fd4729" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587755949ad24808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c92faa5f994d7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfccbf6769424b67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d07483f00ba49a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c92faa5f994d7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97ad6746374446f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfccbf6769424b67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Tech Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRF700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,152</x:t>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,116</x:t>
-[...215 lines deleted...]
-          <x:t>14,708</x:t>
+          <x:t>13,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>