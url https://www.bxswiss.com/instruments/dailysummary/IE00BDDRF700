--- v4 (2026-02-19)
+++ v5 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587755949ad24808" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6810f1f8b6324869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfccbf6769424b67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25e87f1854f44db9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97ad6746374446f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfccbf6769424b67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fd8257da187482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25e87f1854f44db9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Tech Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRF700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>13,134</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>13,517</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,220</x:t>
-[...65 lines deleted...]
-          <x:t>13,008</x:t>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,092</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>13,139</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>