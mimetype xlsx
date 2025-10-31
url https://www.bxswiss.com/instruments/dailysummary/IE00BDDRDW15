--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a44efc314b149a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30bf323a7d8843ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red49d16ecb2c46e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1099a0ffa2f4cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff1702330ab4f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red49d16ecb2c46e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9efa44d4d14f472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1099a0ffa2f4cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRDW15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>4,434</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,423</x:t>
-[...26 lines deleted...]
-          <x:t>4,449</x:t>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,483</x:t>
-[...198 lines deleted...]
-          <x:t>4,478</x:t>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>