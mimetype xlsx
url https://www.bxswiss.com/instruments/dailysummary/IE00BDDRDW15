--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30bf323a7d8843ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889243c213284a9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1099a0ffa2f4cc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0ecb88c58be4b19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9efa44d4d14f472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1099a0ffa2f4cc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385c7adb7cc3468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0ecb88c58be4b19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRDW15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,476</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>4,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,470</x:t>
-[...350 lines deleted...]
-          <x:t>4,545</x:t>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>