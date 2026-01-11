--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R889243c213284a9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4df5d87bcc4884" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0ecb88c58be4b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8222f3baf12149b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385c7adb7cc3468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0ecb88c58be4b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cf686538ce347ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8222f3baf12149b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRDW15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,402</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,417</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>4,406</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,393</x:t>
-[...16 lines deleted...]
-          <x:t>4,418</x:t>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,424</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>4,419</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,409</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>4,449</x:t>
-        </x:is>
-[...332 lines deleted...]
-          <x:t>4,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>