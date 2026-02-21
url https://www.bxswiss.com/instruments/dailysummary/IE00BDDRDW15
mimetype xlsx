--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4df5d87bcc4884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99ed39543524f8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8222f3baf12149b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7586553d274526"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cf686538ce347ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8222f3baf12149b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3f2165dea74938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7586553d274526" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRDW15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,441</x:t>
-[...124 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,454</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>4,461</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>4,451</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,459</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>4,454</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,465</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>4,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>