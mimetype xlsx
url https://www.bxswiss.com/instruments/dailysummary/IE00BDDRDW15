--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99ed39543524f8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3741c3c8a3e2498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7586553d274526"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb75c795fe426452e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc3f2165dea74938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7586553d274526" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05bf2568035c4800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb75c795fe426452e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan Advanced $ EM Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDDRDW15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>4,414</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>4,465</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>