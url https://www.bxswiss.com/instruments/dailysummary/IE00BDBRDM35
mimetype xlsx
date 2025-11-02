--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413f1f5738b241f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R580a5b33051343c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339ce117d59d47f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R918332cd4370459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d0b5c8b8c3a4bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339ce117d59d47f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb823d8cde9f74054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R918332cd4370459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Global Aggregate Bond UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDBRDM35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,611</x:t>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,603</x:t>
-[...16 lines deleted...]
-          <x:t>4,616</x:t>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,610</x:t>
-[...21 lines deleted...]
-          <x:t>4,597</x:t>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,599</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,616</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,611</x:t>
-[...97 lines deleted...]
-          <x:t>4,604</x:t>
+          <x:t>4,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,591</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>4,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>4,607</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,585</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>4,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>