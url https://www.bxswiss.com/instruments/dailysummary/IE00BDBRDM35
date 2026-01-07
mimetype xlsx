--- v1 (2025-11-02)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R580a5b33051343c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref826a87e9474b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R918332cd4370459e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910fd50b44224ab3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb823d8cde9f74054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R918332cd4370459e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ab8ee0175f4a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910fd50b44224ab3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Global Aggregate Bond UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDBRDM35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,597</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,613</x:t>
-[...53 lines deleted...]
-          <x:t>4,601</x:t>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,577</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>08.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,592</x:t>
+          <x:t>4,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,576</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,581</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>4,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>