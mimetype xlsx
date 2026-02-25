--- v2 (2026-01-07)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref826a87e9474b54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eae0bfb883e4c41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910fd50b44224ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R372dcae8a8714867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ab8ee0175f4a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910fd50b44224ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b7474ddf2cb4b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R372dcae8a8714867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Global Aggregate Bond UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDBRDM35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>4,581</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>