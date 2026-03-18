--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eae0bfb883e4c41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b309a8a231949f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R372dcae8a8714867"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01a39d6cc35a40eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b7474ddf2cb4b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R372dcae8a8714867" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc59433e22104dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01a39d6cc35a40eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Global Aggregate Bond UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BDBRDM35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,551</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,539</x:t>
-[...11 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,552</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,533</x:t>
-[...16 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,527</x:t>
-[...4 lines deleted...]
-          <x:t>4,510</x:t>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,521</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>4,549</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>