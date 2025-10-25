--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb1a295671f4e3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca335e6b406d45b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R902085d914cd4371"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03973400481b4ac0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79c5f24302cc4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R902085d914cd4371" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102631eefbea4871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03973400481b4ac0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge S&amp;P 500 Minimum Volatility UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD93YH54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,492</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,480</x:t>
-[...70 lines deleted...]
-          <x:t>7,517</x:t>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,492</x:t>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>7,597</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,558</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>7,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,559</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>7,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...100 lines deleted...]
-          <x:t>7,609</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>