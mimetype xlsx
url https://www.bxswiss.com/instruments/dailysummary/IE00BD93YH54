--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca335e6b406d45b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6528ec7912e4517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03973400481b4ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08008c39c3d4a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102631eefbea4871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03973400481b4ac0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5670bd71ce74e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08008c39c3d4a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge S&amp;P 500 Minimum Volatility UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD93YH54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>7,592</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,559</x:t>
-[...70 lines deleted...]
-          <x:t>7,614</x:t>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,601</x:t>
-[...124 lines deleted...]
-          <x:t>7,691</x:t>
+          <x:t>7,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,650</x:t>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,704</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>7,607</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>