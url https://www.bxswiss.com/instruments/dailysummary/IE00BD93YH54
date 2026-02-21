--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6528ec7912e4517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f4d62bb735f4e74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08008c39c3d4a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1afc7b0e7ca74b28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5670bd71ce74e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08008c39c3d4a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb55c784f15145f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1afc7b0e7ca74b28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge S&amp;P 500 Minimum Volatility UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD93YH54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>7,734</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,637</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>7,826</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>