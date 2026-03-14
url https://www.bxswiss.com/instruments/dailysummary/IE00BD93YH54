--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f4d62bb735f4e74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e1df71324d4973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1afc7b0e7ca74b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd4d1ab307c644a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb55c784f15145f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1afc7b0e7ca74b28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9462dea535b241b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd4d1ab307c644a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge S&amp;P 500 Minimum Volatility UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD93YH54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>7,623</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,521</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>7,664</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,583</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,683</x:t>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,607</x:t>
-[...60 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,471</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>7,567</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,521</x:t>
-[...188 lines deleted...]
-          <x:t>7,530</x:t>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>