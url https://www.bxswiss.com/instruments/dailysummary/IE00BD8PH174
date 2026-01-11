--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1a94871fb76489e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd481cde47fe441c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb621e99c0fe4b07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47a04a6f67f2413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe399af32bfa4541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb621e99c0fe4b07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb126b02e87a4c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47a04a6f67f2413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Inflation Linked Govt Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8PH174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,474</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>4,457</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,445</x:t>
-[...463 lines deleted...]
-          <x:t>4,510</x:t>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>