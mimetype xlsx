--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd481cde47fe441c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04cef7e95d074db5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47a04a6f67f2413a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525e5256b6804c15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb126b02e87a4c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47a04a6f67f2413a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R921a6fa10621433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525e5256b6804c15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Inflation Linked Govt Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8PH174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,468</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,467</x:t>
-[...6 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,495</x:t>
-[...21 lines deleted...]
-          <x:t>4,467</x:t>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,457</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>4,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,477</x:t>
-[...75 lines deleted...]
-          <x:t>4,470</x:t>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,451</x:t>
-[...247 lines deleted...]
-          <x:t>4,485</x:t>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>