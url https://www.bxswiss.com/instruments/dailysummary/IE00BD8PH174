--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04cef7e95d074db5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a6ae2b3a514468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R525e5256b6804c15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36eb89225d11430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R921a6fa10621433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R525e5256b6804c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R806f93dfd5244dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36eb89225d11430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Inflation Linked Govt Bond UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8PH174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,470</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,446</x:t>
-[...16 lines deleted...]
-          <x:t>4,460</x:t>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,499</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>4,453</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,479</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>4,518</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>