--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7f83c27d014ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4889833811342c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0247ad67a14e48e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24c2794148a49e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6023d91a5d144e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0247ad67a14e48e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed079056b7645f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24c2794148a49e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF - GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8KRH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>11,873</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,725</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>11,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>12,139</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>