--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4889833811342c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a7a62523a04546" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24c2794148a49e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b411b65af274ebe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed079056b7645f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24c2794148a49e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2d6d642cd9a4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b411b65af274ebe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF - GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8KRH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>12,111</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>11,849</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,917</x:t>
-        </x:is>
-[...538 lines deleted...]
-          <x:t>12,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>