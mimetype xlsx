--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a7a62523a04546" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c82d9880a1341c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b411b65af274ebe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra262e275f5bb46b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2d6d642cd9a4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b411b65af274ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde1653dff94b4aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra262e275f5bb46b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF - GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8KRH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,899</x:t>
-[...21 lines deleted...]
-          <x:t>11,983</x:t>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,961</x:t>
-[...200 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,235</x:t>
-        </x:is>
-[...364 lines deleted...]
-          <x:t>11,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>