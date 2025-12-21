--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c82d9880a1341c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed5e9839ff3481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra262e275f5bb46b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3664a4dc94424965"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde1653dff94b4aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra262e275f5bb46b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41992e5c30f144fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3664a4dc94424965" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF - GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8KRH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>