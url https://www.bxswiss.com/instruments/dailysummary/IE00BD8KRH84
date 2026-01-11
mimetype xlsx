--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed5e9839ff3481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5085793542e46fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3664a4dc94424965"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ef6209e68a43f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41992e5c30f144fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3664a4dc94424965" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9fb1177d094da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ef6209e68a43f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF - GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8KRH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>12,133</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,077</x:t>
-[...97 lines deleted...]
-          <x:t>12,173</x:t>
+          <x:t>12,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,160</x:t>
-[...151 lines deleted...]
-          <x:t>12,363</x:t>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,282</x:t>
-[...193 lines deleted...]
-          <x:t>12,235</x:t>
+          <x:t>12,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>