--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5085793542e46fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7199ce5c1f648a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ef6209e68a43f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ce7673491048f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9fb1177d094da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ef6209e68a43f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red48a5b5bc53459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ce7673491048f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF - GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8KRH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,214</x:t>
-[...4 lines deleted...]
-          <x:t>12,075</x:t>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,109</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>18.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,290</x:t>
-[...279 lines deleted...]
-          <x:t>12,583</x:t>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>