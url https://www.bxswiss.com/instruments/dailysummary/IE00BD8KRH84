--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7199ce5c1f648a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R095c5bf8c9e74f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ce7673491048f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d468f16e3e4c59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red48a5b5bc53459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ce7673491048f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R886d85cfd1124924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d468f16e3e4c59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF - GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8KRH84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>12,340</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,289</x:t>
-[...16 lines deleted...]
-          <x:t>12,356</x:t>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,330</x:t>
-[...573 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,185</x:t>
-[...9 lines deleted...]
-          <x:t>12,070</x:t>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>