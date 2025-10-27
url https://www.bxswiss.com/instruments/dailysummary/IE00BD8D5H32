--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1453b103c04c4739" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a5e244add64a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5940621d74a34bff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4b6325a26143e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R721424c0984c4400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5940621d74a34bff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d6a6620dc94842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4b6325a26143e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5H32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>8,799</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,763</x:t>
-[...16 lines deleted...]
-          <x:t>8,771</x:t>
+          <x:t>8,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,758</x:t>
-[...340 lines deleted...]
-          <x:t>8,789</x:t>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,776</x:t>
-[...161 lines deleted...]
-          <x:t>8,748</x:t>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>