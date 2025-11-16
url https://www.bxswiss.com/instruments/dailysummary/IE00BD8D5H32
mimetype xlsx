--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a5e244add64a42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbfe3c6461da48a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4b6325a26143e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94995dc5cbda4311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d6a6620dc94842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4b6325a26143e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2469e47e6514351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94995dc5cbda4311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5H32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>8,725</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,727</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,644</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>8,697</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>8,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,639</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>8,663</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>