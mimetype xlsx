--- v2 (2025-11-16)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbfe3c6461da48a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e6692d1a29f4a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94995dc5cbda4311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c62600d91447d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2469e47e6514351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94995dc5cbda4311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13264affbd4b4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c62600d91447d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5H32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>8,697</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>8,646</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,630</x:t>
-[...409 lines deleted...]
-          <x:t>8,626</x:t>
+          <x:t>8,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>