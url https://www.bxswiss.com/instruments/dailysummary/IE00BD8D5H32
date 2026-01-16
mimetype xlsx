--- v3 (2025-12-27)
+++ v4 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e6692d1a29f4a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4336f91f6f4a7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c62600d91447d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd7d34aca1a74f2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13264affbd4b4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c62600d91447d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f382d740ed04b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd7d34aca1a74f2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5H32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,705</x:t>
-[...16 lines deleted...]
-          <x:t>8,723</x:t>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,717</x:t>
-[...26 lines deleted...]
-          <x:t>8,721</x:t>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,732</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>8,755</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,726</x:t>
-[...80 lines deleted...]
-          <x:t>8,711</x:t>
+          <x:t>8,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>