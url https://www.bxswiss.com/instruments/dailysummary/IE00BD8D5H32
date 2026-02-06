--- v4 (2026-01-16)
+++ v5 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4336f91f6f4a7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea030e70268b4132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd7d34aca1a74f2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55c65bc137fc46e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f382d740ed04b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd7d34aca1a74f2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e7f58b9e3894bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55c65bc137fc46e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5H32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,762</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>8,741</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,774</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>8,783</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,767</x:t>
-[...6 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>8,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,788</x:t>
-[...26 lines deleted...]
-          <x:t>8,755</x:t>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,726</x:t>
-[...43 lines deleted...]
-          <x:t>8,740</x:t>
+          <x:t>8,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>8,731</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,711</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>8,703</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>8,748</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>