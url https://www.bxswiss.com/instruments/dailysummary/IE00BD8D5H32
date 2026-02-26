--- v5 (2026-02-06)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea030e70268b4132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racac4fbf3e8a4cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55c65bc137fc46e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfcab2529e224b0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e7f58b9e3894bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55c65bc137fc46e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0e86fae71a49b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfcab2529e224b0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5H32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>8,716</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,659</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>8,673</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,659</x:t>
-[...70 lines deleted...]
-          <x:t>8,651</x:t>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,603</x:t>
-[...134 lines deleted...]
-          <x:t>8,610</x:t>
+          <x:t>8,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>