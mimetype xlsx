--- v0 (2025-10-02)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9f0a609fc849c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f99a8c346e4457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc11c25d9e8a4888"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R184196815bc74f46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8368181902c449cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc11c25d9e8a4888" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb822f9e76354c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R184196815bc74f46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5G25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,390</x:t>
-[...151 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,348</x:t>
-[...333 lines deleted...]
-          <x:t>11,355</x:t>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>