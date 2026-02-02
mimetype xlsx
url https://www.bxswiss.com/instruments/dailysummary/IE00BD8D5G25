--- v1 (2026-01-11)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f99a8c346e4457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb83689b3f1264cc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R184196815bc74f46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd70c76ad252640e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb822f9e76354c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R184196815bc74f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2149f3e1baa34b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd70c76ad252640e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5G25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>11,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,383</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,391</x:t>
-[...70 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>11,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,392</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>11,403</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,362</x:t>
-[...53 lines deleted...]
-          <x:t>11,369</x:t>
+          <x:t>11,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,383</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>11,472</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>