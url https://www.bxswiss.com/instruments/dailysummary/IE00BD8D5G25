--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb83689b3f1264cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435fcb172d084be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd70c76ad252640e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a3e22057b14fe9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2149f3e1baa34b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd70c76ad252640e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ffa5e72ceca4e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a3e22057b14fe9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5G25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>11,377</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,359</x:t>
-[...269 lines deleted...]
-          <x:t>11,347</x:t>
+          <x:t>11,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,383</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,343</x:t>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>