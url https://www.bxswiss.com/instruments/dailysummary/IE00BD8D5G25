--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435fcb172d084be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd09b4ea3b0da4b44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a3e22057b14fe9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29d5916c98224cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ffa5e72ceca4e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a3e22057b14fe9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f4686d7a874354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29d5916c98224cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Acc</x:t>
+          <x:t>PIMCO - Euro Short Term High Yield Corporate Bond Index UCITS ETF Acc (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD8D5G25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>11,239</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>11,251</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>