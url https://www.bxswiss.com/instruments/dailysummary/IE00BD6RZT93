--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39f13fec1e124e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6640a992c0324a58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2769d024fd4a58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12685701cb0d481e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3643682c05dc4098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2769d024fd4a58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb874610965a74140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12685701cb0d481e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD6RZT93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>25,824</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,051</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,125</x:t>
-[...43 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>26,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,946</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>26,121</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,853</x:t>
-[...517 lines deleted...]
-          <x:t>26,272</x:t>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>