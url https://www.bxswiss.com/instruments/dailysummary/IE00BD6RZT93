--- v1 (2025-11-14)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6640a992c0324a58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7da9139468a4cb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12685701cb0d481e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbcc79c789994cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb874610965a74140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12685701cb0d481e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85399fc0dda64d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbcc79c789994cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD6RZT93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>26,573</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>