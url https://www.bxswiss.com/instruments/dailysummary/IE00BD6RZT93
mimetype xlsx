--- v2 (2026-01-05)
+++ v3 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7da9139468a4cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb5fbcfff242496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbcc79c789994cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe6394e624e846d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85399fc0dda64d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbcc79c789994cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc485fa1d315646ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe6394e624e846d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD6RZT93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>27,366</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,199</x:t>
-[...247 lines deleted...]
-          <x:t>27,076</x:t>
+          <x:t>27,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>