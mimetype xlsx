--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9502c71128d64d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83827fe4d7443fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e230ae35dec4863"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb394b0ccf424246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R548669337c124959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e230ae35dec4863" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaad5c7c8c30403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb394b0ccf424246" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc-MSCI USA hedged to CHF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYL27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>