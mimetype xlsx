--- v1 (2025-11-01)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83827fe4d7443fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0ff7c4cb03419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb394b0ccf424246"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeb6ccfdccc3490a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaad5c7c8c30403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb394b0ccf424246" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a254d6348a468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeb6ccfdccc3490a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc-MSCI USA hedged to CHF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYL27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,537</x:t>
-[...4 lines deleted...]
-          <x:t>48,255</x:t>
+          <x:t>48,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,379</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>09.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,645</x:t>
-[...313 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>47,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>48,996</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>