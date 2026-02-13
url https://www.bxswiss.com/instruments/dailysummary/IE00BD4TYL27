--- v2 (2026-01-01)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0ff7c4cb03419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dae333fae414ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeb6ccfdccc3490a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ce578d610a4d1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a254d6348a468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeb6ccfdccc3490a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aad7773402a4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ce578d610a4d1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc-MSCI USA hedged to CHF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYL27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>49,038</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,846</x:t>
-[...53 lines deleted...]
-          <x:t>48,659</x:t>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>48,430</x:t>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>49,115</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>