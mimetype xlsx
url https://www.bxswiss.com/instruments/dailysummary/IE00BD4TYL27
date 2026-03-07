--- v3 (2026-02-13)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dae333fae414ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e939f39cd1b40d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ce578d610a4d1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d8e449557641f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aad7773402a4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ce578d610a4d1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281f601be4cc4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d8e449557641f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc-MSCI USA hedged to CHF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYL27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>49,330</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,437</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>48,847</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>49,685</x:t>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,507</x:t>
-[...178 lines deleted...]
-          <x:t>48,734</x:t>
+          <x:t>49,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,685</x:t>
-[...70 lines deleted...]
-          <x:t>49,539</x:t>
+          <x:t>48,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,059</x:t>
-[...26 lines deleted...]
-          <x:t>48,426</x:t>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>