--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e939f39cd1b40d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a9c3830e3044cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d8e449557641f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refe800e3ddd34fe7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281f601be4cc4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d8e449557641f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1623922109074e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refe800e3ddd34fe7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc-MSCI USA hedged to CHF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYL27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...171 lines deleted...]
-          <x:t>49,539</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,059</x:t>
-[...307 lines deleted...]
-        <x:is>
           <x:t>48,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,865</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>48,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,550</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>