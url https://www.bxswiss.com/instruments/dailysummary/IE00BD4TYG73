--- v0 (2025-10-29)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0c14e8ed554bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0cc0e86d49c4b18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd310fbe03c234397"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a400f1fe2a34a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfa26a81893048dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd310fbe03c234397" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d450785768a4b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a400f1fe2a34a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA hedged to EUR UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYG73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>47,631</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...532 lines deleted...]
-          <x:t>48,806</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>