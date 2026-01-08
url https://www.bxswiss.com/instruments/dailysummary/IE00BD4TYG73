--- v1 (2025-11-20)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0cc0e86d49c4b18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45866d9326ef4dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a400f1fe2a34a20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0019a21184994214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d450785768a4b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a400f1fe2a34a20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde402ae6fce4a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0019a21184994214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA hedged to EUR UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYG73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,193</x:t>
-[...205 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>49,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,684</x:t>
-[...117 lines deleted...]
-          <x:t>47,164</x:t>
+          <x:t>48,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>