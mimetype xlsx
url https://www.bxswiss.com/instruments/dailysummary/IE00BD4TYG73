--- v2 (2026-01-08)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45866d9326ef4dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13e4e7a9ad74ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0019a21184994214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f098c352c8243ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde402ae6fce4a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0019a21184994214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f0d42ac0524f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f098c352c8243ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA hedged to EUR UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYG73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>49,442</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>