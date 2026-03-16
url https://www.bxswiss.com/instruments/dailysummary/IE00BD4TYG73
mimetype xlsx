--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb13e4e7a9ad74ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137a7eb49f724614" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f098c352c8243ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R279017111bec4dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f0d42ac0524f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f098c352c8243ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17aa62a5a8bc4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R279017111bec4dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI USA hedged to EUR UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TYG73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>