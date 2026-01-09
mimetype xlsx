--- v0 (2025-10-15)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38977b485e43419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6009415a8e44d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R094a88f0cb6b40cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99fe0ff9908c489a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da3fc99ae7b4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R094a88f0cb6b40cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd220b0d1bd924a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99fe0ff9908c489a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI Australia UCITS ETF (AUD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>26,952</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>27,172</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>