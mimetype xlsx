--- v1 (2026-01-09)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6009415a8e44d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re912025797234533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99fe0ff9908c489a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6d626fd71745ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd220b0d1bd924a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99fe0ff9908c489a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R057cf1cfaedc46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6d626fd71745ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI Australia UCITS ETF (AUD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>27,213</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>