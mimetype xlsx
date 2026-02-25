--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re912025797234533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c37fc89c224ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc6d626fd71745ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54b0d1e7939948eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R057cf1cfaedc46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc6d626fd71745ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b3d0b6280c74434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54b0d1e7939948eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI Australia UCITS ETF (AUD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>