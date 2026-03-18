--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c37fc89c224ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8a06aec00944b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54b0d1e7939948eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d720cca53df4c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b3d0b6280c74434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54b0d1e7939948eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2458f7a4f93a4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d720cca53df4c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI Australia UCITS ETF (AUD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,850</x:t>
-[...414 lines deleted...]
-          <x:t>30,126</x:t>
+          <x:t>29,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>