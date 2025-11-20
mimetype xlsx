--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d39e0fe21134e83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc7bc2b3c874940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bbdba95e8234268"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed1c42c129a4999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9650a0d5d74417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bbdba95e8234268" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R782d7cbe6e87400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed1c42c129a4999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI Australia UCITS ETF AUD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,753</x:t>
-[...576 lines deleted...]
-          <x:t>21,165</x:t>
+          <x:t>20,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>