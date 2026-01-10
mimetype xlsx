--- v1 (2025-11-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc7bc2b3c874940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01991666ef444560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ed1c42c129a4999"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283b2e6fa44c4380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R782d7cbe6e87400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ed1c42c129a4999" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911b81b2a4e14bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283b2e6fa44c4380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI Australia UCITS ETF AUD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>19,681</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>