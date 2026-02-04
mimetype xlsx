--- v2 (2026-01-10)
+++ v3 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01991666ef444560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aee4d2f58bd4d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283b2e6fa44c4380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b243b8cbb9f4058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911b81b2a4e14bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283b2e6fa44c4380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R518fb64e2124406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b243b8cbb9f4058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI Australia UCITS ETF AUD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>20,435</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,355</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>20,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>