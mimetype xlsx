--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aee4d2f58bd4d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4ba64456564e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b243b8cbb9f4058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdcbb0aa4ca94510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R518fb64e2124406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b243b8cbb9f4058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5363cfb8787740db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdcbb0aa4ca94510" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI Australia UCITS ETF AUD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>21,038</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,939</x:t>
-[...259 lines deleted...]
-          <x:t>21,477</x:t>
+          <x:t>21,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,160</x:t>
-[...85 lines deleted...]
-          <x:t>21,481</x:t>
+          <x:t>21,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>