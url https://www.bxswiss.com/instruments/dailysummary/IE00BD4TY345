--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4ba64456564e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc19e08d64b9c4f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdcbb0aa4ca94510"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9fd6f8634f5400c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5363cfb8787740db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdcbb0aa4ca94510" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1021ab2616748c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9fd6f8634f5400c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - MSCI Australia UCITS ETF AUD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TY345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>21,477</x:t>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,160</x:t>
-[...97 lines deleted...]
-          <x:t>21,910</x:t>
+          <x:t>21,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,679</x:t>
-[...382 lines deleted...]
-          <x:t>22,177</x:t>
+          <x:t>21,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>