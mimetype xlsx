--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b73d5fea72a4610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re87b332de31f4032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1994fd962b7f40d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57db772cd2f347cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1ba9d1f70644df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1994fd962b7f40d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd2fa14aa2c4dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57db772cd2f347cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI World UCITS ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TXV59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>31,088</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,208</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>31,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,538</x:t>
-[...112 lines deleted...]
-          <x:t>31,917</x:t>
+          <x:t>31,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>