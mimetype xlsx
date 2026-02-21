--- v1 (2025-11-01)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re87b332de31f4032" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4a8865417c04f6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57db772cd2f347cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebf3e721c0e4916"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbd2fa14aa2c4dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57db772cd2f347cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f14670687734be1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebf3e721c0e4916" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI World UCITS ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TXV59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>31,575</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,538</x:t>
-[...571 lines deleted...]
-          <x:t>32,273</x:t>
+          <x:t>31,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>