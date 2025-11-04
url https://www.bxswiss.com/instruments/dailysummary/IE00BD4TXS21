--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R123d55ef5a66473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366141f086f64463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae829386cfc24874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6f2902f12e48bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c2ee1e1c1a14f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae829386cfc24874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15e609f4815459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6f2902f12e48bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TXS21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>30,645</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,804</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>31,244</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,170</x:t>
-[...26 lines deleted...]
-          <x:t>31,168</x:t>
+          <x:t>31,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,286</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>30,988</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>