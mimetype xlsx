--- v1 (2025-11-04)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366141f086f64463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3303b530fd84996" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6f2902f12e48bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7cbc6d331041f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15e609f4815459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6f2902f12e48bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2069af81fbe74032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7cbc6d331041f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TXS21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,759</x:t>
+          <x:t>31,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,673</x:t>
-[...330 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>31,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,065</x:t>
-[...117 lines deleted...]
-          <x:t>32,256</x:t>
+          <x:t>31,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>