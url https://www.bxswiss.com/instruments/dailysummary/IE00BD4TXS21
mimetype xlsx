--- v2 (2026-01-07)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3303b530fd84996" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eab90e2d19e4444" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7cbc6d331041f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13f42bfa2014eb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2069af81fbe74032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7cbc6d331041f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275bc6da3e9f4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13f42bfa2014eb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TXS21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,598</x:t>
-[...97 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>31,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,944</x:t>
-[...90 lines deleted...]
-          <x:t>32,141</x:t>
+          <x:t>31,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>