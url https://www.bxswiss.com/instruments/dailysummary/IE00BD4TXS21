--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eab90e2d19e4444" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c97daf729e740fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13f42bfa2014eb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf70c84dd87bb4aa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275bc6da3e9f4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13f42bfa2014eb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ba4e3151ef24889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf70c84dd87bb4aa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4TXS21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>31,153</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,271</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>30.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,284</x:t>
-[...220 lines deleted...]
-          <x:t>30,953</x:t>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,199</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>30,492</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.02.2026</x:t>
-[...100 lines deleted...]
-          <x:t>30,864</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>