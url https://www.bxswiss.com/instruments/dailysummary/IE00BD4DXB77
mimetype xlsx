--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R866c247f5880430c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb69665d27c4229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7b5e80ac7941f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1a27168e37499b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76ccc0987f134021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7b5e80ac7941f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27a8bcb40c4f46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1a27168e37499b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) ESG USD Emerging Markets Bond Quality Weighted UCITS ETF 2D EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4DXB77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,883</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,852</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>7,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,979</x:t>
-[...4 lines deleted...]
-          <x:t>7,916</x:t>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,963</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...359 lines deleted...]
-          <x:t>7,918</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,912</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>7,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,960</x:t>
-[...107 lines deleted...]
-          <x:t>7,903</x:t>
+          <x:t>7,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>