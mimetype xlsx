--- v1 (2025-11-01)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcb69665d27c4229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4c814ee8074e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1a27168e37499b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43d1e33ce814d66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27a8bcb40c4f46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1a27168e37499b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42cb81c841f14579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43d1e33ce814d66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) ESG USD Emerging Markets Bond Quality Weighted UCITS ETF 2D EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4DXB77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,961</x:t>
-[...26 lines deleted...]
-          <x:t>7,989</x:t>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,971</x:t>
-[...16 lines deleted...]
-          <x:t>7,985</x:t>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,944</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,987</x:t>
-[...4 lines deleted...]
-          <x:t>7,948</x:t>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>7,903</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,925</x:t>
-        </x:is>
-[...457 lines deleted...]
-          <x:t>7,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>