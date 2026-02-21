--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4c814ee8074e91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7e5cc2abc54be2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd43d1e33ce814d66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3828260432f8423d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42cb81c841f14579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd43d1e33ce814d66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfacb7859a4964918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3828260432f8423d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) ESG USD Emerging Markets Bond Quality Weighted UCITS ETF 2D EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4DXB77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>8,021</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,990</x:t>
-[...43 lines deleted...]
-          <x:t>8,008</x:t>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,958</x:t>
-[...156 lines deleted...]
-          <x:t>7,898</x:t>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,914</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>7,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>