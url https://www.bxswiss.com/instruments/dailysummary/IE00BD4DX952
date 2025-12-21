--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R720d6353fa584c44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185c2e54fc5f4713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e6db953966d4f53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe89bc15b97046c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c1df0bbae2b43b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e6db953966d4f53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3e62bbacbe4287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe89bc15b97046c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) ESG USD Emerging Markets Bond Quality Weighted UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4DX952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>8,480</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,460</x:t>
-[...200 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>8,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>8,516</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,542</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>8,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>