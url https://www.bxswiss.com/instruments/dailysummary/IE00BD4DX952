--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185c2e54fc5f4713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e891041f72425c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe89bc15b97046c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0001bb2d7484c29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3e62bbacbe4287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe89bc15b97046c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96302bb3fce47ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0001bb2d7484c29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) ESG USD Emerging Markets Bond Quality Weighted UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4DX952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>8,592</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,636</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>8,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>8,548</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,546</x:t>
-[...107 lines deleted...]
-          <x:t>8,542</x:t>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>