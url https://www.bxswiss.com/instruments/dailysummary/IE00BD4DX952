--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e891041f72425c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5896bf1657245b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0001bb2d7484c29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30825362997346bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96302bb3fce47ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0001bb2d7484c29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450bbc57ee144f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30825362997346bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) ESG USD Emerging Markets Bond Quality Weighted UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4DX952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>8,465</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,530</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,489</x:t>
-[...220 lines deleted...]
-          <x:t>8,598</x:t>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>