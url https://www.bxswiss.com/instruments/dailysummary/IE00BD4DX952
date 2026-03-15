--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5896bf1657245b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad0c4dfbc904a94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30825362997346bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5ea9570ccfe4c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450bbc57ee144f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30825362997346bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07630796480d4852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5ea9570ccfe4c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) ESG USD Emerging Markets Bond Quality Weighted UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD4DX952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>8,387</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,321</x:t>
-[...21 lines deleted...]
-          <x:t>8,382</x:t>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,248</x:t>
-[...16 lines deleted...]
-          <x:t>8,289</x:t>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,218</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>8,259</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>