--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10c750b30ab4123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd0898e6c0f4829" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R780030d9755a4ce1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccb5061707b4715"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc79f04a6f8474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R780030d9755a4ce1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b630637f674b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccb5061707b4715" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45YS76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>11,540</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,512</x:t>
-[...97 lines deleted...]
-          <x:t>11,677</x:t>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,571</x:t>
-[...178 lines deleted...]
-          <x:t>11,593</x:t>
+          <x:t>11,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,468</x:t>
-[...124 lines deleted...]
-          <x:t>11,810</x:t>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>11,809</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>