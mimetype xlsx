--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd0898e6c0f4829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d9edf7d18fd4ac0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccb5061707b4715"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf76a37fa41674949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b630637f674b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccb5061707b4715" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7958b1126a4a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf76a37fa41674949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45YS76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>11,654</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,629</x:t>
+          <x:t>11,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,638</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>11,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>11,806</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,829</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>11,604</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,624</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>11,617</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,687</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>11,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,758</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>11,713</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,648</x:t>
-[...161 lines deleted...]
-          <x:t>11,812</x:t>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>