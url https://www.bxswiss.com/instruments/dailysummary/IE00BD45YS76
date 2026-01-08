--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d9edf7d18fd4ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b3049fb792c4441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf76a37fa41674949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf090f6d86f54ac1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7958b1126a4a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf76a37fa41674949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca754eec160d4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf090f6d86f54ac1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45YS76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>11,826</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,868</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,870</x:t>
-[...468 lines deleted...]
-          <x:t>11,541</x:t>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>