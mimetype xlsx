--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b3049fb792c4441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14456639ce6d43e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf090f6d86f54ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7431172224a4c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca754eec160d4a95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf090f6d86f54ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d0140d892a4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7431172224a4c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45YS76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>12,059</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,983</x:t>
-[...21 lines deleted...]
-          <x:t>12,057</x:t>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,997</x:t>
-[...16 lines deleted...]
-          <x:t>12,012</x:t>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,967</x:t>
-[...119 lines deleted...]
-          <x:t>11,774</x:t>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,728</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>12,033</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>12,283</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>