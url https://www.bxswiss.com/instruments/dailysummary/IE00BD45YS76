--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14456639ce6d43e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5239ae5f74a24665" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7431172224a4c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8047e0977b74892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d0140d892a4f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7431172224a4c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d431efe0054096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8047e0977b74892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF GBP Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45YS76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>11,994</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,876</x:t>
-[...178 lines deleted...]
-          <x:t>12,019</x:t>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,002</x:t>
-[...129 lines deleted...]
-          <x:t>12,065</x:t>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,056</x:t>
-[...269 lines deleted...]
-          <x:t>12,021</x:t>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>