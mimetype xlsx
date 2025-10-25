--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9c4e9235bfa4df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b3d57458cc441a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a82294c0f2e49a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red82ecf113514685"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18416000a0484b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a82294c0f2e49a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ece5a5b80d4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red82ecf113514685" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI EM IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45KH83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>4,584</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,594</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>4,621</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>4,746</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,725</x:t>
-[...31 lines deleted...]
-          <x:t>4,744</x:t>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>