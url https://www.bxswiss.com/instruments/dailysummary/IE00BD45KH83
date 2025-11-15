--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b3d57458cc441a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde0613a400d5424d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red82ecf113514685"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcee92df60744063"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ece5a5b80d4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red82ecf113514685" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8700f2005254684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcee92df60744063" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI EM IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45KH83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>4,746</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,725</x:t>
-[...53 lines deleted...]
-          <x:t>4,745</x:t>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,758</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>4,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>