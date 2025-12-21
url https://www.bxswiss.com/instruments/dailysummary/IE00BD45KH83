--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde0613a400d5424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2767741de2476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcee92df60744063"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa0eb6ee5c0d4343"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8700f2005254684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcee92df60744063" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d235be1b483446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa0eb6ee5c0d4343" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI EM IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45KH83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>4,728</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,763</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,783</x:t>
-[...355 lines deleted...]
-          <x:t>4,765</x:t>
+          <x:t>4,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,771</x:t>
-        </x:is>
-[...133 lines deleted...]
-          <x:t>4,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>