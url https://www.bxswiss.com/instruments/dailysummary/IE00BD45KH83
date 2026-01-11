--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2767741de2476c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e2e7a9c70749f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa0eb6ee5c0d4343"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb80d47ea941b4cd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d235be1b483446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa0eb6ee5c0d4343" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d4b92f882a74908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb80d47ea941b4cd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI EM IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45KH83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,791</x:t>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>4,823</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,722</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>4,816</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...451 lines deleted...]
-          <x:t>4,771</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>