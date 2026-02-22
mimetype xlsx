--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e2e7a9c70749f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75634e8dbe9e4e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb80d47ea941b4cd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad301ca0232f4460"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d4b92f882a74908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb80d47ea941b4cd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922e53fde79b48eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad301ca0232f4460" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI EM IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45KH83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,063</x:t>
-[...63 lines deleted...]
-          <x:t>5,073</x:t>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>