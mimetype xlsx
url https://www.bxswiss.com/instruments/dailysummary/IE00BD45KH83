--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75634e8dbe9e4e9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f439a88e29451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad301ca0232f4460"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6afb02eee4ac4ec0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922e53fde79b48eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad301ca0232f4460" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a072ebde934d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6afb02eee4ac4ec0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core MSCI EM IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD45KH83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>5,124</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,166</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,110</x:t>
-[...205 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,205</x:t>
-[...306 lines deleted...]
-          <x:t>5,334</x:t>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>