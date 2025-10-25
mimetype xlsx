--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0af67f942c864149" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e78e852cbe4a27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0490a2e7a04032"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd35534a4eecb4245"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f80cd8dfd824eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0490a2e7a04032" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29e564b21fe843ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd35534a4eecb4245" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P U.S. Banks UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD3V0B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,828</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,731</x:t>
-[...124 lines deleted...]
-          <x:t>5,780</x:t>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,778</x:t>
-[...16 lines deleted...]
-          <x:t>5,814</x:t>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,728</x:t>
-[...411 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,707</x:t>
-[...36 lines deleted...]
-          <x:t>5,670</x:t>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>