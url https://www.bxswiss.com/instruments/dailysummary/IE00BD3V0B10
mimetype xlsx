--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e78e852cbe4a27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb0b98dcef1c4450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd35534a4eecb4245"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8ff6437e494fae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29e564b21fe843ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd35534a4eecb4245" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635ca8eeb7d042a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8ff6437e494fae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P U.S. Banks UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD3V0B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,862</x:t>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,819</x:t>
-[...75 lines deleted...]
-          <x:t>5,786</x:t>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,824</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...532 lines deleted...]
-          <x:t>5,569</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>