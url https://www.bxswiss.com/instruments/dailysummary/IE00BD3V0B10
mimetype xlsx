--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb0b98dcef1c4450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R141295fa5aae4d0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8ff6437e494fae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24ffd88079944c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R635ca8eeb7d042a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8ff6437e494fae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafaacc25b7734925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24ffd88079944c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P U.S. Banks UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD3V0B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>