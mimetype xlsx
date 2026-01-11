--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R141295fa5aae4d0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb0eed62143491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24ffd88079944c6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d8c6b9486b242bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafaacc25b7734925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24ffd88079944c6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7fae4f1fdd74f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d8c6b9486b242bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P U.S. Banks UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD3V0B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>