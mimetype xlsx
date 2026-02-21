--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb0eed62143491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ea93f175044460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d8c6b9486b242bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5c3281fd31e4950"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7fae4f1fdd74f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d8c6b9486b242bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da67d504c8e4595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5c3281fd31e4950" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P U.S. Banks UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD3V0B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,049</x:t>
-[...97 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,212</x:t>
-[...107 lines deleted...]
-          <x:t>6,217</x:t>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,204</x:t>
-[...21 lines deleted...]
-          <x:t>6,157</x:t>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,189</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>6,421</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>