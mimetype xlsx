--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ea93f175044460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7328f8a601da40e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5c3281fd31e4950"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb41a6c393084603"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da67d504c8e4595" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5c3281fd31e4950" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a4f8734ad941f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb41a6c393084603" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P U.S. Banks UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD3V0B10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>6,298</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,255</x:t>
-[...43 lines deleted...]
-          <x:t>6,255</x:t>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,137</x:t>
-[...48 lines deleted...]
-          <x:t>5,958</x:t>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,966</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>6,229</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>