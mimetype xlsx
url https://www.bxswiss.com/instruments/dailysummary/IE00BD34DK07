--- v0 (2025-10-29)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9305451b3914714" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63c6a9abf594f15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71e000e554854df8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65854b2a90d6449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b67f716bd145ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71e000e554854df8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree90c21862ba4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65854b2a90d6449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Core S&amp;P 500 UCITS ETF hEUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DK07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>29,732</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,551</x:t>
-[...26 lines deleted...]
-          <x:t>29,148</x:t>
+          <x:t>29,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,207</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>16.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,422</x:t>
-[...225 lines deleted...]
-          <x:t>30,019</x:t>
+          <x:t>29,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>