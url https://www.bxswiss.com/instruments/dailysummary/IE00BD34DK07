--- v1 (2025-11-20)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63c6a9abf594f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbd410bffee455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65854b2a90d6449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd105ee3cb0004d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree90c21862ba4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65854b2a90d6449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cedcf2ef3d54386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd105ee3cb0004d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Core S&amp;P 500 UCITS ETF hEUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DK07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>29,986</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,917</x:t>
-[...16 lines deleted...]
-          <x:t>30,148</x:t>
+          <x:t>29,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>30,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,240</x:t>
-[...431 lines deleted...]
-          <x:t>29,318</x:t>
+          <x:t>30,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>