--- v2 (2025-12-31)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbd410bffee455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redbbe545a507432e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd105ee3cb0004d76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8463576ed6204141"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cedcf2ef3d54386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd105ee3cb0004d76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf66963a0fb54695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8463576ed6204141" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Core S&amp;P 500 UCITS ETF hEUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DK07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>30,114</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,017</x:t>
-[...485 lines deleted...]
-          <x:t>30,198</x:t>
+          <x:t>29,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>