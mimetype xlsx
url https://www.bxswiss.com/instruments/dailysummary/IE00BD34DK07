--- v3 (2026-02-09)
+++ v4 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redbbe545a507432e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41953e3ff44d45ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8463576ed6204141"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb895b3f4f6484698"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf66963a0fb54695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8463576ed6204141" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d279f6d04847b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb895b3f4f6484698" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Core S&amp;P 500 UCITS ETF hEUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DK07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>29,946</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>