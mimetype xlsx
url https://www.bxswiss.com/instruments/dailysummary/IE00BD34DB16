--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9217b5b7ae74460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad1fcb3a244445d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e604420d6c546b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00183abf90c4105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d5c562aa55427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e604420d6c546b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25bc181667cb4cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00183abf90c4105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DB16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,048</x:t>
+          <x:t>5,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>6,036</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,007</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,092</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>6,102</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>6,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>