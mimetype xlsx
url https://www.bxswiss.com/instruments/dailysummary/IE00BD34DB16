--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad1fcb3a244445d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b042d61619d496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00183abf90c4105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccc0ee7f1da4a6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25bc181667cb4cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00183abf90c4105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16626103df1d45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccc0ee7f1da4a6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DB16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,086</x:t>
-[...4 lines deleted...]
-          <x:t>6,056</x:t>
+          <x:t>6,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,062</x:t>
-        </x:is>
-[...538 lines deleted...]
-          <x:t>6,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>