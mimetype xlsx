--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b042d61619d496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25825cdc26d6438a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccc0ee7f1da4a6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1435ff6befb04d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16626103df1d45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccc0ee7f1da4a6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2da41c6cf4c47ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1435ff6befb04d5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DB16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>6,111</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,127</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>23.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,111</x:t>
-[...58 lines deleted...]
-          <x:t>6,203</x:t>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>6,258</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,226</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-          <x:t>12.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,242</x:t>
-[...171 lines deleted...]
-          <x:t>6,062</x:t>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>