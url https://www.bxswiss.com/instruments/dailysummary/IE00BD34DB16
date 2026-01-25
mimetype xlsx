--- v3 (2026-01-01)
+++ v4 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25825cdc26d6438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R621e76527f6243d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1435ff6befb04d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bac6c410d0744a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2da41c6cf4c47ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1435ff6befb04d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27908d68df844103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bac6c410d0744a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DB16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>6,159</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,155</x:t>
-[...11 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,225</x:t>
-[...75 lines deleted...]
-          <x:t>6,226</x:t>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>6,237</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,152</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>6,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,231</x:t>
+          <x:t>6,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>