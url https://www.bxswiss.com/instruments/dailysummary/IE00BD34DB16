--- v4 (2026-01-25)
+++ v5 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R621e76527f6243d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ab858a850d49ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bac6c410d0744a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9daa2b3c9d634809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27908d68df844103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bac6c410d0744a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78851addd9f64218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9daa2b3c9d634809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DB16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>6,225</x:t>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,239</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>6,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,278</x:t>
-[...269 lines deleted...]
-          <x:t>6,192</x:t>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,182</x:t>
-[...53 lines deleted...]
-          <x:t>6,235</x:t>
+          <x:t>6,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>