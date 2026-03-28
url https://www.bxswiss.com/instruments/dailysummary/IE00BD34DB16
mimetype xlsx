--- v5 (2026-02-14)
+++ v6 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ab858a850d49ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1b157e631924bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9daa2b3c9d634809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda37f69efb2e41c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78851addd9f64218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9daa2b3c9d634809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985972585e7c42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda37f69efb2e41c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - S&amp;P 500 UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD34DB16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,289</x:t>
-[...80 lines deleted...]
-          <x:t>6,189</x:t>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,180</x:t>
-[...318 lines deleted...]
-          <x:t>6,097</x:t>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,129</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>6,161</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>