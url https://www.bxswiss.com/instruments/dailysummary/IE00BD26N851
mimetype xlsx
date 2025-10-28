--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf05ebbda0aa41c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9317c56ead544299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc66cad825078400c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836d795310b14ed0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2cbd05a885c4f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc66cad825078400c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb011c865792641c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836d795310b14ed0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD26N851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>115,224</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,301</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...550 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>