--- v0 (2025-10-25)
+++ v1 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7fc819a9d3c4415" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R835132fb35ea46f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f91c76fb224b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21942c52b9f9461f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29210a2d81714431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f91c76fb224b61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R195ebf2f25804a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21942c52b9f9461f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Aggregate Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1JRY91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,605</x:t>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,588</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,591</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,606</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,590</x:t>
-[...21 lines deleted...]
-          <x:t>4,563</x:t>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>4,598</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,596</x:t>
-[...431 lines deleted...]
-          <x:t>4,616</x:t>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>