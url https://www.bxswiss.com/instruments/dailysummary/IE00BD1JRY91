--- v1 (2025-12-28)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R835132fb35ea46f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2461ca8c81a446a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21942c52b9f9461f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59cdd62237d04bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R195ebf2f25804a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21942c52b9f9461f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8adcf88a46194fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59cdd62237d04bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Aggregate Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1JRY91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>4,610</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,587</x:t>
-[...16 lines deleted...]
-          <x:t>4,589</x:t>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,587</x:t>
-[...43 lines deleted...]
-          <x:t>4,598</x:t>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,588</x:t>
-[...6 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,591</x:t>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,578</x:t>
-[...6 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>4,564</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,567</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,583</x:t>
-[...117 lines deleted...]
-          <x:t>4,571</x:t>
+          <x:t>4,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>