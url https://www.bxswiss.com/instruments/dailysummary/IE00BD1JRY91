--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2461ca8c81a446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e4b54df9e814910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59cdd62237d04bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re69152b90a474777"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8adcf88a46194fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59cdd62237d04bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3278296c6072416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re69152b90a474777" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Aggregate Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1JRY91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,572</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,580</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>4,574</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,574</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>4,582</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>4,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,568</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,573</x:t>
-[...306 lines deleted...]
-          <x:t>4,575</x:t>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>