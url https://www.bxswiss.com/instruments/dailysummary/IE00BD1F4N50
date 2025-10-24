--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39f5dd8e23545ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c2039c2b064a5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe0e62e4a22743ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c6387df05d40bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a2c4d3a2e45446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe0e62e4a22743ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d01e2c64c24ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c6387df05d40bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4N50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>13,771</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,706</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>13,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,729</x:t>
-[...215 lines deleted...]
-          <x:t>13,794</x:t>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,964</x:t>
-        </x:is>
-[...52 lines deleted...]
-          <x:t>13,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>