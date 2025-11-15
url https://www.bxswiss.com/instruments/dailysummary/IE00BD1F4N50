--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c2039c2b064a5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ca5f6cb7eb4e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c6387df05d40bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a4772152db4c62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d01e2c64c24ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c6387df05d40bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rababca8b258846f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a4772152db4c62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4N50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>13,794</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,993</x:t>
-[...441 lines deleted...]
-          <x:t>13,964</x:t>
+          <x:t>13,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>