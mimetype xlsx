--- v2 (2025-11-15)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ca5f6cb7eb4e00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6262f491fa44193" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a4772152db4c62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc075a356cdd4dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rababca8b258846f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a4772152db4c62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R246b871abbc54e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc075a356cdd4dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4N50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,172</x:t>
-[...26 lines deleted...]
-          <x:t>14,072</x:t>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,962</x:t>
-[...33 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,846</x:t>
-        </x:is>
-[...526 lines deleted...]
-          <x:t>13,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>