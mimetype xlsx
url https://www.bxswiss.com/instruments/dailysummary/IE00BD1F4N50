--- v3 (2025-12-31)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6262f491fa44193" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97dfdb31c4014555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc075a356cdd4dab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1326b6a01fdf4764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R246b871abbc54e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc075a356cdd4dab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e45a1c421d443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1326b6a01fdf4764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4N50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>13,788</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,650</x:t>
-[...38 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,848</x:t>
-[...220 lines deleted...]
-          <x:t>13,642</x:t>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>13,846</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>