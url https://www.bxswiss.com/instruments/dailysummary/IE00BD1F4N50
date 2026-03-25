--- v4 (2026-02-10)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97dfdb31c4014555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6732c642a71b41eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1326b6a01fdf4764"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473dfe1ae8d74509"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e45a1c421d443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1326b6a01fdf4764" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18743c73f56c4f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473dfe1ae8d74509" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Momentum Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4N50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>13,848</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,738</x:t>
-[...200 lines deleted...]
-          <x:t>12,997</x:t>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,954</x:t>
-[...31 lines deleted...]
-          <x:t>13,631</x:t>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>