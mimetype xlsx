--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf82a6eaffdff4115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d98a175c87f47ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e48766162534dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d62588616914477"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49d821e54a874d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e48766162534dff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b4f659293b04332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d62588616914477" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4M44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>9,438</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,369</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,672</x:t>
-[...117 lines deleted...]
-          <x:t>9,369</x:t>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>