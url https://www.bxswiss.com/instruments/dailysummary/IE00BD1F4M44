--- v1 (2025-11-03)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d98a175c87f47ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R835d202d55544933" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d62588616914477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c14610893794efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b4f659293b04332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d62588616914477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R421bfae6bd10478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c14610893794efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4M44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>9,842</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>