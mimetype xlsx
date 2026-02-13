--- v2 (2026-01-01)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R835d202d55544933" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d95babe31eb4c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c14610893794efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37913102f5124874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R421bfae6bd10478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c14610893794efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94510d206cc24eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37913102f5124874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4M44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>10,362</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>