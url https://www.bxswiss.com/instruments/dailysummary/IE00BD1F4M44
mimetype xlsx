--- v3 (2026-02-13)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d95babe31eb4c72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b24b1fd6f34fbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37913102f5124874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e860bde03be4787"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94510d206cc24eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37913102f5124874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c3fdaf76d894c34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e860bde03be4787" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4M44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>10,922</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,843</x:t>
-[...26 lines deleted...]
-          <x:t>10,923</x:t>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,066</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,695</x:t>
-[...301 lines deleted...]
-          <x:t>10,980</x:t>
+          <x:t>11,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>