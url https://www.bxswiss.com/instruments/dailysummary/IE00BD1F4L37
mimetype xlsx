--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbe277d742340d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5117d83d4674468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd549cd1f69c4696"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252bb22cbdbe4a8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2263411a9d64b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd549cd1f69c4696" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59902fc4ef9b4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252bb22cbdbe4a8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4L37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>12,869</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,901</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,120</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>13,141</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>12,904</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>