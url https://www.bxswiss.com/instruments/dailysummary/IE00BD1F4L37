--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5117d83d4674468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d4b0eda0024a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252bb22cbdbe4a8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R786f91cb457b4e6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59902fc4ef9b4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252bb22cbdbe4a8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f5336a8e8d942c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R786f91cb457b4e6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4L37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>13,189</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>13,266</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,235</x:t>
-[...21 lines deleted...]
-          <x:t>12,958</x:t>
+          <x:t>12,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,963</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>13.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,963</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>13,228</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>