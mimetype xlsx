--- v2 (2025-11-25)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d4b0eda0024a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c7ebbc03938492e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R786f91cb457b4e6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18eb143e8ad94502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f5336a8e8d942c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R786f91cb457b4e6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6972fc3ae74b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18eb143e8ad94502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4L37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>13,232</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,198</x:t>
-[...26 lines deleted...]
-          <x:t>13,198</x:t>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,216</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>13,209</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,302</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>13,273</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,183</x:t>
-[...43 lines deleted...]
-          <x:t>13,151</x:t>
+          <x:t>13,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,105</x:t>
-[...382 lines deleted...]
-          <x:t>13,117</x:t>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>