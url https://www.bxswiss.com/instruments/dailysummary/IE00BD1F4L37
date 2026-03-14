--- v3 (2026-01-07)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c7ebbc03938492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65a04e728546496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18eb143e8ad94502"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32cb0c90509406c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6972fc3ae74b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18eb143e8ad94502" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R641f8a7a8bf44a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32cb0c90509406c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI USA Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD1F4L37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>13,228</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,289</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>13,507</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>