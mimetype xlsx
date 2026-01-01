--- v0 (2025-10-12)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867139ce1ea84dc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99a25a1cca354a42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refdef1d014a44737"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ffcc8905c44892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73c3b3c15dfe43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refdef1d014a44737" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ed3d4bea4941de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ffcc8905c44892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco US High Yield Fallen Angels UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD0Q9673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>17,420</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,263</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>17,557</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,540</x:t>
-[...188 lines deleted...]
-          <x:t>17,426</x:t>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>