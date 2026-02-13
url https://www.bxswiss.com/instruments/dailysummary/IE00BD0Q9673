--- v1 (2026-01-01)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99a25a1cca354a42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385c88e389d9402b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ffcc8905c44892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454350f16d284376"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ed3d4bea4941de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ffcc8905c44892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763085ed973849fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454350f16d284376" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco US High Yield Fallen Angels UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD0Q9673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,375</x:t>
-[...225 lines deleted...]
-          <x:t>17,217</x:t>
+          <x:t>17,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>