--- v2 (2026-02-13)
+++ v3 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385c88e389d9402b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaf014927c4e410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454350f16d284376"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1704f7d82d24da6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763085ed973849fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454350f16d284376" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628d0ded16d1469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1704f7d82d24da6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco US High Yield Fallen Angels UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BD0Q9673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...571 lines deleted...]
-          <x:t>16,935</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,849</x:t>
-[...58 lines deleted...]
-          <x:t>16,993</x:t>
+          <x:t>16,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>